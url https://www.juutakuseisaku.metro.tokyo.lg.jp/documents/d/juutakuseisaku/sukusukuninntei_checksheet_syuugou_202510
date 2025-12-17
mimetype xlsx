--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -11,53 +11,53 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{01945A1B-D3D2-4590-A401-E21A10514EF7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BF18B127-BF09-4074-902D-3C6750A39BD1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="875" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="00表紙_セーフティ" sheetId="2" r:id="rId1"/>
     <sheet name="00表紙_セレクト" sheetId="18" r:id="rId2"/>
     <sheet name="00表紙_アドバンスト" sheetId="19" r:id="rId3"/>
     <sheet name="01立地" sheetId="1" r:id="rId4"/>
     <sheet name="02-01住戸内（性能）" sheetId="3" r:id="rId5"/>
     <sheet name="02-02住戸内（空間）" sheetId="4" r:id="rId6"/>
     <sheet name="03-01住共用部分（性能）" sheetId="6" r:id="rId7"/>
     <sheet name="03-02住共用部分（空間）" sheetId="7" r:id="rId8"/>
     <sheet name="04子育て施設" sheetId="8" r:id="rId9"/>
     <sheet name="05管理・運営" sheetId="11" r:id="rId10"/>
     <sheet name="06区市町村意見反映" sheetId="10" r:id="rId11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'03-01住共用部分（性能）'!$A$2:$AQ$32</definedName>
     <definedName name="_xlnm.Criteria" localSheetId="6">'03-01住共用部分（性能）'!$A$5:$AQ$32</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'00表紙_アドバンスト'!$A$1:$J$39</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'00表紙_セーフティ'!$A$1:$J$39</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'00表紙_セレクト'!$A$1:$J$39</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'01立地'!$A$1:$AI$26</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'02-01住戸内（性能）'!$A$1:$AT$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'02-02住戸内（空間）'!$A$1:$AT$120</definedName>
@@ -1064,51 +1064,51 @@
   <c r="E14" i="2"/>
   <c r="J11" i="2"/>
   <c r="D38" i="2" l="1"/>
   <c r="E38" i="2"/>
   <c r="E22" i="2"/>
   <c r="J33" i="2"/>
   <c r="J37" i="2"/>
   <c r="J21" i="2"/>
   <c r="D14" i="2"/>
   <c r="D17" i="2"/>
   <c r="J17" i="2" s="1"/>
   <c r="J30" i="2"/>
   <c r="J12" i="2"/>
   <c r="J15" i="2"/>
   <c r="J31" i="2"/>
   <c r="D22" i="2" l="1"/>
   <c r="J22" i="2" s="1"/>
   <c r="J38" i="2"/>
   <c r="J14" i="2"/>
   <c r="D39" i="2"/>
   <c r="D23" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2219" uniqueCount="508">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2219" uniqueCount="507">
   <si>
     <t>建築物名称</t>
     <rPh sb="0" eb="3">
       <t>ケンチクブツ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>メイショウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>作成年月日</t>
     <rPh sb="0" eb="2">
       <t>サクセイ</t>
     </rPh>
     <rPh sb="2" eb="5">
       <t>ネンガッピ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>新築</t>
     <rPh sb="0" eb="2">
       <t>シンチク</t>
     </rPh>
@@ -3499,69 +3499,50 @@
     </rPh>
     <rPh sb="7" eb="9">
       <t>シャドウ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>ブンリ</t>
     </rPh>
     <rPh sb="14" eb="17">
       <t>ホコウシャ</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>アンゼン</t>
     </rPh>
     <rPh sb="21" eb="23">
       <t>カクホ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>防災対策</t>
     <rPh sb="0" eb="2">
       <t>ボウサイ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>タイサク</t>
-    </rPh>
-[...17 lines deleted...]
-      <t>ウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>小児用モード、小児用パッドのあるＡＥＤを設置する。</t>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>自治会や地域活動団体などによるインターネットを活用したイベント</t>
     <rPh sb="4" eb="6">
       <t>チイキ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>カツドウ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ダンタイ</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>カツヨウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>テレワークスペース</t>
@@ -5457,51 +5438,61 @@
 （具体的に記入</t>
     <rPh sb="0" eb="2">
       <t>ニンテイ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>キジュン</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>タイオウ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>ケイカク</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ナイヨウ</t>
     </rPh>
     <rPh sb="16" eb="19">
       <t>グタイテキ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>キニュウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
-    <t>■</t>
+    <t>東京とどまるマンションの登録を受けている。</t>
+    <rPh sb="0" eb="2">
+      <t>トウキョウ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>トウロク</t>
+    </rPh>
+    <rPh sb="15" eb="16">
+      <t>ウ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="0.0%"/>
     <numFmt numFmtId="177" formatCode="yyyy&quot;/&quot;m&quot;/&quot;d&quot;現在&quot;"/>
   </numFmts>
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
@@ -9941,67 +9932,67 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L41"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="100" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <selection activeCell="B11" sqref="B11:C11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.6640625" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.88671875" style="2" customWidth="1"/>
     <col min="3" max="3" width="25" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="15" width="11.33203125" style="2" customWidth="1"/>
     <col min="16" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="I1" s="457" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="J1" s="457"/>
     </row>
     <row r="2" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="J2" s="220"/>
     </row>
     <row r="3" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="4"/>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="458" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="B4" s="458"/>
       <c r="C4" s="458"/>
       <c r="D4" s="458"/>
       <c r="E4" s="458"/>
       <c r="F4" s="458"/>
       <c r="G4" s="458"/>
       <c r="H4" s="458"/>
       <c r="I4" s="458"/>
       <c r="J4" s="458"/>
     </row>
     <row r="5" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
     </row>
     <row r="6" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6"/>
       <c r="G6" s="145" t="s">
@@ -10284,51 +10275,51 @@
       </c>
     </row>
     <row r="20" spans="1:12" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="440" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="441"/>
       <c r="D20" s="18">
         <v>0</v>
       </c>
       <c r="E20" s="30"/>
       <c r="F20" s="271"/>
       <c r="G20" s="31"/>
       <c r="H20" s="31"/>
       <c r="I20" s="21"/>
       <c r="J20" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="428" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B21" s="429"/>
       <c r="C21" s="442"/>
       <c r="D21" s="18">
         <f>SUM(D18:D20)</f>
         <v>0</v>
       </c>
       <c r="E21" s="19">
         <f>SUM(E18:E20)</f>
         <v>0</v>
       </c>
       <c r="F21" s="271"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="21"/>
       <c r="J21" s="17">
         <f>SUM(D21,F21)</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="426" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="427"/>
@@ -10633,51 +10624,51 @@
       </c>
     </row>
     <row r="36" spans="1:12" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="41" t="s">
         <v>25</v>
       </c>
       <c r="B36" s="443" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="429"/>
       <c r="D36" s="168">
         <v>0</v>
       </c>
       <c r="E36" s="42"/>
       <c r="F36" s="272"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="25"/>
       <c r="J36" s="17">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="428" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B37" s="429"/>
       <c r="C37" s="442"/>
       <c r="D37" s="165">
         <f>SUM(D34:D36)</f>
         <v>0</v>
       </c>
       <c r="E37" s="14">
         <f>SUM(E34:E36)</f>
         <v>0</v>
       </c>
       <c r="F37" s="266"/>
       <c r="G37" s="273"/>
       <c r="H37" s="273"/>
       <c r="I37" s="16"/>
       <c r="J37" s="17">
         <f>SUM(D37,F37)</f>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:12" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="426" t="s">
         <v>28</v>
       </c>
       <c r="B38" s="427"/>
@@ -10795,97 +10786,97 @@
     <col min="9" max="10" width="9" style="49" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="5" style="49" customWidth="1"/>
     <col min="12" max="12" width="3.77734375" style="50" customWidth="1"/>
     <col min="13" max="14" width="9" style="49" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="5" style="49" customWidth="1"/>
     <col min="16" max="16" width="3.77734375" style="50" customWidth="1"/>
     <col min="17" max="18" width="9" style="49" hidden="1" customWidth="1"/>
     <col min="19" max="19" width="5" style="49" customWidth="1"/>
     <col min="20" max="20" width="3.77734375" style="50" customWidth="1"/>
     <col min="21" max="22" width="9" style="49" hidden="1" customWidth="1"/>
     <col min="23" max="23" width="5" style="49" customWidth="1"/>
     <col min="24" max="24" width="3.77734375" style="50" customWidth="1"/>
     <col min="25" max="26" width="9" style="49" hidden="1" customWidth="1"/>
     <col min="27" max="27" width="5" style="49" customWidth="1"/>
     <col min="28" max="28" width="3.77734375" style="50" customWidth="1"/>
     <col min="29" max="30" width="9" style="49" hidden="1" customWidth="1"/>
     <col min="31" max="31" width="5" style="49" customWidth="1"/>
     <col min="32" max="32" width="31.33203125" style="401" customWidth="1"/>
     <col min="33" max="33" width="9" style="49" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="9" style="49" customWidth="1"/>
     <col min="35" max="16384" width="9" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:33" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="261" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
     </row>
     <row r="2" spans="1:33" s="144" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="488" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="490"/>
       <c r="C2" s="488" t="s">
         <v>33</v>
       </c>
       <c r="D2" s="489"/>
       <c r="E2" s="489"/>
       <c r="F2" s="489"/>
       <c r="G2" s="490"/>
       <c r="H2" s="523" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="I2" s="524"/>
       <c r="J2" s="524"/>
       <c r="K2" s="524"/>
       <c r="L2" s="524"/>
       <c r="M2" s="524"/>
       <c r="N2" s="524"/>
       <c r="O2" s="525"/>
       <c r="P2" s="523" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="Q2" s="524"/>
       <c r="R2" s="524"/>
       <c r="S2" s="524"/>
       <c r="T2" s="524"/>
       <c r="U2" s="524"/>
       <c r="V2" s="524"/>
       <c r="W2" s="525"/>
       <c r="X2" s="515" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="Y2" s="516"/>
       <c r="Z2" s="516"/>
       <c r="AA2" s="516"/>
       <c r="AB2" s="516"/>
       <c r="AC2" s="516"/>
       <c r="AD2" s="516"/>
       <c r="AE2" s="516"/>
       <c r="AF2" s="468" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="AG2" s="144" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="3" spans="1:33" s="144" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="518"/>
       <c r="B3" s="519"/>
       <c r="C3" s="518"/>
       <c r="D3" s="520"/>
       <c r="E3" s="520"/>
       <c r="F3" s="520"/>
       <c r="G3" s="519"/>
       <c r="H3" s="523" t="s">
         <v>34</v>
       </c>
       <c r="I3" s="524"/>
       <c r="J3" s="524"/>
       <c r="K3" s="525"/>
       <c r="L3" s="820" t="s">
         <v>35</v>
       </c>
       <c r="M3" s="584"/>
       <c r="N3" s="584"/>
       <c r="O3" s="583"/>
@@ -10966,100 +10957,100 @@
       </c>
       <c r="X4" s="494" t="s">
         <v>71</v>
       </c>
       <c r="Y4" s="509"/>
       <c r="Z4" s="509">
         <f>IF(X4="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AA4" s="512" t="s">
         <v>61</v>
       </c>
       <c r="AB4" s="494" t="s">
         <v>71</v>
       </c>
       <c r="AC4" s="509"/>
       <c r="AD4" s="509">
         <f>IF(AB4="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AE4" s="564" t="s">
         <v>61</v>
       </c>
       <c r="AF4" s="821"/>
       <c r="AG4" s="144" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
     </row>
     <row r="5" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="473"/>
       <c r="B5" s="476"/>
       <c r="C5" s="65" t="s">
         <v>124</v>
       </c>
       <c r="D5" s="484" t="s">
         <v>316</v>
       </c>
       <c r="E5" s="484"/>
       <c r="F5" s="484"/>
       <c r="G5" s="484"/>
       <c r="H5" s="501"/>
       <c r="I5" s="498"/>
       <c r="J5" s="498"/>
       <c r="K5" s="504"/>
       <c r="L5" s="501"/>
       <c r="M5" s="498"/>
       <c r="N5" s="498"/>
       <c r="O5" s="504"/>
       <c r="P5" s="495"/>
       <c r="Q5" s="510"/>
       <c r="R5" s="510"/>
       <c r="S5" s="513"/>
       <c r="T5" s="495"/>
       <c r="U5" s="510"/>
       <c r="V5" s="510"/>
       <c r="W5" s="513"/>
       <c r="X5" s="495"/>
       <c r="Y5" s="510"/>
       <c r="Z5" s="510"/>
       <c r="AA5" s="513"/>
       <c r="AB5" s="495"/>
       <c r="AC5" s="510"/>
       <c r="AD5" s="510"/>
       <c r="AE5" s="565"/>
       <c r="AF5" s="822"/>
     </row>
     <row r="6" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="473"/>
       <c r="B6" s="476"/>
       <c r="C6" s="65"/>
       <c r="D6" s="52" t="s">
         <v>199</v>
       </c>
       <c r="E6" s="480" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="F6" s="480"/>
       <c r="G6" s="480"/>
       <c r="H6" s="501"/>
       <c r="I6" s="498"/>
       <c r="J6" s="498"/>
       <c r="K6" s="504"/>
       <c r="L6" s="501"/>
       <c r="M6" s="498"/>
       <c r="N6" s="498"/>
       <c r="O6" s="504"/>
       <c r="P6" s="495"/>
       <c r="Q6" s="510"/>
       <c r="R6" s="510"/>
       <c r="S6" s="513"/>
       <c r="T6" s="495"/>
       <c r="U6" s="510"/>
       <c r="V6" s="510"/>
       <c r="W6" s="513"/>
       <c r="X6" s="495"/>
       <c r="Y6" s="510"/>
       <c r="Z6" s="510"/>
       <c r="AA6" s="513"/>
       <c r="AB6" s="495"/>
       <c r="AC6" s="510"/>
@@ -11091,127 +11082,127 @@
       <c r="Q7" s="510"/>
       <c r="R7" s="510"/>
       <c r="S7" s="513"/>
       <c r="T7" s="495"/>
       <c r="U7" s="510"/>
       <c r="V7" s="510"/>
       <c r="W7" s="513"/>
       <c r="X7" s="495"/>
       <c r="Y7" s="510"/>
       <c r="Z7" s="510"/>
       <c r="AA7" s="513"/>
       <c r="AB7" s="495"/>
       <c r="AC7" s="510"/>
       <c r="AD7" s="510"/>
       <c r="AE7" s="565"/>
       <c r="AF7" s="822"/>
     </row>
     <row r="8" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="473"/>
       <c r="B8" s="476"/>
       <c r="C8" s="65"/>
       <c r="D8" s="52" t="s">
         <v>253</v>
       </c>
       <c r="E8" s="484" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="F8" s="484"/>
       <c r="G8" s="484"/>
       <c r="H8" s="501"/>
       <c r="I8" s="498"/>
       <c r="J8" s="498"/>
       <c r="K8" s="504"/>
       <c r="L8" s="501"/>
       <c r="M8" s="498"/>
       <c r="N8" s="498"/>
       <c r="O8" s="504"/>
       <c r="P8" s="495"/>
       <c r="Q8" s="510"/>
       <c r="R8" s="510"/>
       <c r="S8" s="513"/>
       <c r="T8" s="495"/>
       <c r="U8" s="510"/>
       <c r="V8" s="510"/>
       <c r="W8" s="513"/>
       <c r="X8" s="495"/>
       <c r="Y8" s="510"/>
       <c r="Z8" s="510"/>
       <c r="AA8" s="513"/>
       <c r="AB8" s="495"/>
       <c r="AC8" s="510"/>
       <c r="AD8" s="510"/>
       <c r="AE8" s="565"/>
       <c r="AF8" s="822"/>
     </row>
     <row r="9" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="473"/>
       <c r="B9" s="476"/>
       <c r="C9" s="65"/>
       <c r="D9" s="52" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="E9" s="484" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="F9" s="484"/>
       <c r="G9" s="484"/>
       <c r="H9" s="501"/>
       <c r="I9" s="498"/>
       <c r="J9" s="498"/>
       <c r="K9" s="504"/>
       <c r="L9" s="501"/>
       <c r="M9" s="498"/>
       <c r="N9" s="498"/>
       <c r="O9" s="504"/>
       <c r="P9" s="495"/>
       <c r="Q9" s="510"/>
       <c r="R9" s="510"/>
       <c r="S9" s="513"/>
       <c r="T9" s="495"/>
       <c r="U9" s="510"/>
       <c r="V9" s="510"/>
       <c r="W9" s="513"/>
       <c r="X9" s="495"/>
       <c r="Y9" s="510"/>
       <c r="Z9" s="510"/>
       <c r="AA9" s="513"/>
       <c r="AB9" s="495"/>
       <c r="AC9" s="510"/>
       <c r="AD9" s="510"/>
       <c r="AE9" s="565"/>
       <c r="AF9" s="822"/>
     </row>
     <row r="10" spans="1:33" s="146" customFormat="1" ht="27.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="473"/>
       <c r="B10" s="476"/>
       <c r="C10" s="160"/>
       <c r="D10" s="172" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="E10" s="554" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="F10" s="554"/>
       <c r="G10" s="554"/>
       <c r="H10" s="502"/>
       <c r="I10" s="499"/>
       <c r="J10" s="499"/>
       <c r="K10" s="505"/>
       <c r="L10" s="502"/>
       <c r="M10" s="499"/>
       <c r="N10" s="499"/>
       <c r="O10" s="505"/>
       <c r="P10" s="496"/>
       <c r="Q10" s="511"/>
       <c r="R10" s="511"/>
       <c r="S10" s="514"/>
       <c r="T10" s="496"/>
       <c r="U10" s="511"/>
       <c r="V10" s="511"/>
       <c r="W10" s="514"/>
       <c r="X10" s="496"/>
       <c r="Y10" s="511"/>
       <c r="Z10" s="511"/>
       <c r="AA10" s="514"/>
       <c r="AB10" s="496"/>
       <c r="AC10" s="511"/>
@@ -11424,51 +11415,51 @@
       <c r="R15" s="510"/>
       <c r="S15" s="513"/>
       <c r="T15" s="495"/>
       <c r="U15" s="510"/>
       <c r="V15" s="510"/>
       <c r="W15" s="513"/>
       <c r="X15" s="495"/>
       <c r="Y15" s="510"/>
       <c r="Z15" s="510"/>
       <c r="AA15" s="513"/>
       <c r="AB15" s="495"/>
       <c r="AC15" s="510"/>
       <c r="AD15" s="510"/>
       <c r="AE15" s="565"/>
       <c r="AF15" s="471"/>
     </row>
     <row r="16" spans="1:33" ht="27.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="473"/>
       <c r="B16" s="476"/>
       <c r="C16" s="65"/>
       <c r="D16" s="52"/>
       <c r="E16" s="52" t="s">
         <v>325</v>
       </c>
       <c r="F16" s="484" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="G16" s="485"/>
       <c r="H16" s="501"/>
       <c r="I16" s="498"/>
       <c r="J16" s="498"/>
       <c r="K16" s="504"/>
       <c r="L16" s="501"/>
       <c r="M16" s="498"/>
       <c r="N16" s="498"/>
       <c r="O16" s="504"/>
       <c r="P16" s="495"/>
       <c r="Q16" s="510"/>
       <c r="R16" s="510"/>
       <c r="S16" s="513"/>
       <c r="T16" s="495"/>
       <c r="U16" s="510"/>
       <c r="V16" s="510"/>
       <c r="W16" s="513"/>
       <c r="X16" s="495"/>
       <c r="Y16" s="510"/>
       <c r="Z16" s="510"/>
       <c r="AA16" s="513"/>
       <c r="AB16" s="495"/>
       <c r="AC16" s="510"/>
       <c r="AD16" s="510"/>
@@ -11687,196 +11678,196 @@
       <c r="O22" s="504"/>
       <c r="P22" s="495"/>
       <c r="Q22" s="510"/>
       <c r="R22" s="510"/>
       <c r="S22" s="513"/>
       <c r="T22" s="495"/>
       <c r="U22" s="510"/>
       <c r="V22" s="510"/>
       <c r="W22" s="513"/>
       <c r="X22" s="495"/>
       <c r="Y22" s="510"/>
       <c r="Z22" s="510"/>
       <c r="AA22" s="513"/>
       <c r="AB22" s="495"/>
       <c r="AC22" s="510"/>
       <c r="AD22" s="510"/>
       <c r="AE22" s="565"/>
       <c r="AF22" s="471"/>
     </row>
     <row r="23" spans="1:32" ht="79.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="473"/>
       <c r="B23" s="476"/>
       <c r="C23" s="65"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="F23" s="480" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="G23" s="481"/>
       <c r="H23" s="501"/>
       <c r="I23" s="498"/>
       <c r="J23" s="498"/>
       <c r="K23" s="504"/>
       <c r="L23" s="501"/>
       <c r="M23" s="498"/>
       <c r="N23" s="498"/>
       <c r="O23" s="504"/>
       <c r="P23" s="495"/>
       <c r="Q23" s="510"/>
       <c r="R23" s="510"/>
       <c r="S23" s="513"/>
       <c r="T23" s="495"/>
       <c r="U23" s="510"/>
       <c r="V23" s="510"/>
       <c r="W23" s="513"/>
       <c r="X23" s="495"/>
       <c r="Y23" s="510"/>
       <c r="Z23" s="510"/>
       <c r="AA23" s="513"/>
       <c r="AB23" s="495"/>
       <c r="AC23" s="510"/>
       <c r="AD23" s="510"/>
       <c r="AE23" s="565"/>
       <c r="AF23" s="471"/>
     </row>
     <row r="24" spans="1:32" ht="52.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="474"/>
       <c r="B24" s="477"/>
       <c r="C24" s="66"/>
       <c r="D24" s="117"/>
       <c r="E24" s="117" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="F24" s="554" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="G24" s="785"/>
       <c r="H24" s="502"/>
       <c r="I24" s="499"/>
       <c r="J24" s="499"/>
       <c r="K24" s="505"/>
       <c r="L24" s="502"/>
       <c r="M24" s="499"/>
       <c r="N24" s="499"/>
       <c r="O24" s="505"/>
       <c r="P24" s="496"/>
       <c r="Q24" s="511"/>
       <c r="R24" s="511"/>
       <c r="S24" s="514"/>
       <c r="T24" s="496"/>
       <c r="U24" s="511"/>
       <c r="V24" s="511"/>
       <c r="W24" s="514"/>
       <c r="X24" s="496"/>
       <c r="Y24" s="511"/>
       <c r="Z24" s="511"/>
       <c r="AA24" s="514"/>
       <c r="AB24" s="496"/>
       <c r="AC24" s="511"/>
       <c r="AD24" s="511"/>
       <c r="AE24" s="566"/>
       <c r="AF24" s="471"/>
     </row>
     <row r="25" spans="1:32" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="473">
         <v>1</v>
       </c>
       <c r="B25" s="476" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="C25" s="45" t="s">
         <v>129</v>
       </c>
       <c r="D25" s="621" t="s">
         <v>335</v>
       </c>
       <c r="E25" s="621"/>
       <c r="F25" s="621"/>
       <c r="G25" s="800"/>
       <c r="H25" s="813"/>
       <c r="I25" s="811"/>
       <c r="J25" s="811"/>
       <c r="K25" s="625"/>
       <c r="L25" s="813"/>
       <c r="M25" s="811"/>
       <c r="N25" s="811"/>
       <c r="O25" s="625"/>
       <c r="P25" s="805" t="s">
         <v>71</v>
       </c>
       <c r="Q25" s="808"/>
       <c r="R25" s="808">
         <f>IF(P25="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="S25" s="633" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="T25" s="805" t="s">
         <v>71</v>
       </c>
       <c r="U25" s="808"/>
       <c r="V25" s="808">
         <f>IF(T25="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W25" s="633" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="X25" s="805" t="s">
         <v>71</v>
       </c>
       <c r="Y25" s="808"/>
       <c r="Z25" s="808">
         <f>IF(X25="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AA25" s="633" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="AB25" s="805" t="s">
         <v>71</v>
       </c>
       <c r="AC25" s="808"/>
       <c r="AD25" s="808">
         <f>IF(AB25="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AE25" s="633" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="AF25" s="471"/>
     </row>
     <row r="26" spans="1:32" ht="54" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="473"/>
       <c r="B26" s="476"/>
       <c r="C26" s="75"/>
       <c r="D26" s="480" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="E26" s="480"/>
       <c r="F26" s="480"/>
       <c r="G26" s="481"/>
       <c r="H26" s="816"/>
       <c r="I26" s="815"/>
       <c r="J26" s="815"/>
       <c r="K26" s="691"/>
       <c r="L26" s="816"/>
       <c r="M26" s="815"/>
       <c r="N26" s="815"/>
       <c r="O26" s="691"/>
       <c r="P26" s="806"/>
       <c r="Q26" s="809"/>
       <c r="R26" s="809"/>
       <c r="S26" s="713"/>
       <c r="T26" s="806"/>
       <c r="U26" s="809"/>
       <c r="V26" s="809"/>
       <c r="W26" s="713"/>
       <c r="X26" s="806"/>
       <c r="Y26" s="809"/>
       <c r="Z26" s="809"/>
       <c r="AA26" s="713"/>
       <c r="AB26" s="806"/>
@@ -11906,51 +11897,51 @@
       <c r="N27" s="815"/>
       <c r="O27" s="691"/>
       <c r="P27" s="806"/>
       <c r="Q27" s="809"/>
       <c r="R27" s="809"/>
       <c r="S27" s="713"/>
       <c r="T27" s="806"/>
       <c r="U27" s="809"/>
       <c r="V27" s="809"/>
       <c r="W27" s="713"/>
       <c r="X27" s="806"/>
       <c r="Y27" s="809"/>
       <c r="Z27" s="809"/>
       <c r="AA27" s="713"/>
       <c r="AB27" s="806"/>
       <c r="AC27" s="809"/>
       <c r="AD27" s="809"/>
       <c r="AE27" s="713"/>
       <c r="AF27" s="471"/>
     </row>
     <row r="28" spans="1:32" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="473"/>
       <c r="B28" s="476"/>
       <c r="C28" s="75"/>
       <c r="D28" s="173" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="E28" s="480" t="s">
         <v>307</v>
       </c>
       <c r="F28" s="480"/>
       <c r="G28" s="481"/>
       <c r="H28" s="816"/>
       <c r="I28" s="815"/>
       <c r="J28" s="815"/>
       <c r="K28" s="691"/>
       <c r="L28" s="816"/>
       <c r="M28" s="815"/>
       <c r="N28" s="815"/>
       <c r="O28" s="691"/>
       <c r="P28" s="806"/>
       <c r="Q28" s="809"/>
       <c r="R28" s="809"/>
       <c r="S28" s="713"/>
       <c r="T28" s="806"/>
       <c r="U28" s="809"/>
       <c r="V28" s="809"/>
       <c r="W28" s="713"/>
       <c r="X28" s="806"/>
       <c r="Y28" s="809"/>
       <c r="Z28" s="809"/>
@@ -11982,51 +11973,51 @@
       <c r="N29" s="815"/>
       <c r="O29" s="691"/>
       <c r="P29" s="806"/>
       <c r="Q29" s="809"/>
       <c r="R29" s="809"/>
       <c r="S29" s="713"/>
       <c r="T29" s="806"/>
       <c r="U29" s="809"/>
       <c r="V29" s="809"/>
       <c r="W29" s="713"/>
       <c r="X29" s="806"/>
       <c r="Y29" s="809"/>
       <c r="Z29" s="809"/>
       <c r="AA29" s="713"/>
       <c r="AB29" s="806"/>
       <c r="AC29" s="809"/>
       <c r="AD29" s="809"/>
       <c r="AE29" s="713"/>
       <c r="AF29" s="471"/>
     </row>
     <row r="30" spans="1:32" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="473"/>
       <c r="B30" s="476"/>
       <c r="C30" s="75"/>
       <c r="D30" s="173" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="E30" s="480" t="s">
         <v>309</v>
       </c>
       <c r="F30" s="480"/>
       <c r="G30" s="481"/>
       <c r="H30" s="816"/>
       <c r="I30" s="815"/>
       <c r="J30" s="815"/>
       <c r="K30" s="691"/>
       <c r="L30" s="816"/>
       <c r="M30" s="815"/>
       <c r="N30" s="815"/>
       <c r="O30" s="691"/>
       <c r="P30" s="806"/>
       <c r="Q30" s="809"/>
       <c r="R30" s="809"/>
       <c r="S30" s="713"/>
       <c r="T30" s="806"/>
       <c r="U30" s="809"/>
       <c r="V30" s="809"/>
       <c r="W30" s="713"/>
       <c r="X30" s="806"/>
       <c r="Y30" s="809"/>
       <c r="Z30" s="809"/>
@@ -12092,51 +12083,51 @@
       <c r="N32" s="815"/>
       <c r="O32" s="691"/>
       <c r="P32" s="806"/>
       <c r="Q32" s="809"/>
       <c r="R32" s="809"/>
       <c r="S32" s="713"/>
       <c r="T32" s="806"/>
       <c r="U32" s="809"/>
       <c r="V32" s="809"/>
       <c r="W32" s="713"/>
       <c r="X32" s="806"/>
       <c r="Y32" s="809"/>
       <c r="Z32" s="809"/>
       <c r="AA32" s="713"/>
       <c r="AB32" s="806"/>
       <c r="AC32" s="809"/>
       <c r="AD32" s="809"/>
       <c r="AE32" s="713"/>
       <c r="AF32" s="471"/>
     </row>
     <row r="33" spans="1:32" ht="27.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="473"/>
       <c r="B33" s="476"/>
       <c r="C33" s="65"/>
       <c r="D33" s="480" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="E33" s="480"/>
       <c r="F33" s="480"/>
       <c r="G33" s="481"/>
       <c r="H33" s="816"/>
       <c r="I33" s="815"/>
       <c r="J33" s="815"/>
       <c r="K33" s="691"/>
       <c r="L33" s="816"/>
       <c r="M33" s="815"/>
       <c r="N33" s="815"/>
       <c r="O33" s="691"/>
       <c r="P33" s="806"/>
       <c r="Q33" s="809"/>
       <c r="R33" s="809"/>
       <c r="S33" s="713"/>
       <c r="T33" s="806"/>
       <c r="U33" s="809"/>
       <c r="V33" s="809"/>
       <c r="W33" s="713"/>
       <c r="X33" s="806"/>
       <c r="Y33" s="809"/>
       <c r="Z33" s="809"/>
       <c r="AA33" s="713"/>
       <c r="AB33" s="806"/>
@@ -12232,62 +12223,62 @@
         <v>38</v>
       </c>
       <c r="D36" s="621" t="s">
         <v>340</v>
       </c>
       <c r="E36" s="621"/>
       <c r="F36" s="621"/>
       <c r="G36" s="800"/>
       <c r="H36" s="813"/>
       <c r="I36" s="811"/>
       <c r="J36" s="811"/>
       <c r="K36" s="625"/>
       <c r="L36" s="813"/>
       <c r="M36" s="811"/>
       <c r="N36" s="811"/>
       <c r="O36" s="625"/>
       <c r="P36" s="805" t="s">
         <v>71</v>
       </c>
       <c r="Q36" s="808"/>
       <c r="R36" s="808">
         <f>IF(P36="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="S36" s="633" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="T36" s="805" t="s">
         <v>71</v>
       </c>
       <c r="U36" s="808"/>
       <c r="V36" s="808">
         <f>IF(T36="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W36" s="633" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="X36" s="805" t="s">
         <v>71</v>
       </c>
       <c r="Y36" s="808">
         <f>IF(X36="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="Z36" s="808"/>
       <c r="AA36" s="633" t="s">
         <v>353</v>
       </c>
       <c r="AB36" s="805" t="s">
         <v>71</v>
       </c>
       <c r="AC36" s="808">
         <f>IF(AB36="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AD36" s="808"/>
       <c r="AE36" s="633" t="s">
         <v>353</v>
       </c>
       <c r="AF36" s="617"/>
     </row>
@@ -12334,62 +12325,62 @@
         <v>125</v>
       </c>
       <c r="D38" s="478" t="s">
         <v>342</v>
       </c>
       <c r="E38" s="478"/>
       <c r="F38" s="478"/>
       <c r="G38" s="479"/>
       <c r="H38" s="813"/>
       <c r="I38" s="811"/>
       <c r="J38" s="811"/>
       <c r="K38" s="625"/>
       <c r="L38" s="813"/>
       <c r="M38" s="811"/>
       <c r="N38" s="811"/>
       <c r="O38" s="625"/>
       <c r="P38" s="805" t="s">
         <v>71</v>
       </c>
       <c r="Q38" s="808"/>
       <c r="R38" s="808">
         <f>IF(P38="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="S38" s="633" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="T38" s="805" t="s">
         <v>71</v>
       </c>
       <c r="U38" s="808"/>
       <c r="V38" s="808">
         <f>IF(T38="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W38" s="633" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="X38" s="494" t="s">
         <v>71</v>
       </c>
       <c r="Y38" s="509">
         <f>IF(X38="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="Z38" s="509"/>
       <c r="AA38" s="564" t="s">
         <v>353</v>
       </c>
       <c r="AB38" s="494" t="s">
         <v>71</v>
       </c>
       <c r="AC38" s="509">
         <f>IF(AB38="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AD38" s="509"/>
       <c r="AE38" s="564" t="s">
         <v>353</v>
       </c>
       <c r="AF38" s="471"/>
     </row>
@@ -12412,121 +12403,121 @@
       <c r="N39" s="812"/>
       <c r="O39" s="626"/>
       <c r="P39" s="807"/>
       <c r="Q39" s="810"/>
       <c r="R39" s="810"/>
       <c r="S39" s="634"/>
       <c r="T39" s="807"/>
       <c r="U39" s="810"/>
       <c r="V39" s="810"/>
       <c r="W39" s="634"/>
       <c r="X39" s="496"/>
       <c r="Y39" s="511"/>
       <c r="Z39" s="511"/>
       <c r="AA39" s="566"/>
       <c r="AB39" s="496"/>
       <c r="AC39" s="511"/>
       <c r="AD39" s="511"/>
       <c r="AE39" s="566"/>
       <c r="AF39" s="471"/>
     </row>
     <row r="40" spans="1:32" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="472">
         <v>3</v>
       </c>
       <c r="B40" s="475" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="C40" s="45" t="s">
         <v>38</v>
       </c>
       <c r="D40" s="478" t="s">
         <v>344</v>
       </c>
       <c r="E40" s="478"/>
       <c r="F40" s="478"/>
       <c r="G40" s="479"/>
       <c r="H40" s="500"/>
       <c r="I40" s="497"/>
       <c r="J40" s="497"/>
       <c r="K40" s="503"/>
       <c r="L40" s="500"/>
       <c r="M40" s="497"/>
       <c r="N40" s="497"/>
       <c r="O40" s="503"/>
       <c r="P40" s="494" t="s">
         <v>71</v>
       </c>
       <c r="Q40" s="509"/>
       <c r="R40" s="509">
         <f>IF(P40="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="S40" s="512" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="T40" s="494" t="s">
         <v>71</v>
       </c>
       <c r="U40" s="509"/>
       <c r="V40" s="509">
         <f>IF(T40="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W40" s="512" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="X40" s="494" t="s">
         <v>71</v>
       </c>
       <c r="Y40" s="509">
         <f>IF(X40="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="Z40" s="509"/>
       <c r="AA40" s="512" t="s">
         <v>353</v>
       </c>
       <c r="AB40" s="805" t="s">
         <v>71</v>
       </c>
       <c r="AC40" s="808">
         <f>IF(AB40="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AD40" s="808"/>
       <c r="AE40" s="633" t="s">
         <v>353</v>
       </c>
       <c r="AF40" s="471"/>
     </row>
     <row r="41" spans="1:32" ht="27.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="473"/>
       <c r="B41" s="476"/>
       <c r="C41" s="75"/>
       <c r="D41" s="480" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="E41" s="480"/>
       <c r="F41" s="480"/>
       <c r="G41" s="481"/>
       <c r="H41" s="501"/>
       <c r="I41" s="498"/>
       <c r="J41" s="498"/>
       <c r="K41" s="504"/>
       <c r="L41" s="501"/>
       <c r="M41" s="498"/>
       <c r="N41" s="498"/>
       <c r="O41" s="504"/>
       <c r="P41" s="495"/>
       <c r="Q41" s="510"/>
       <c r="R41" s="510"/>
       <c r="S41" s="513"/>
       <c r="T41" s="495"/>
       <c r="U41" s="510"/>
       <c r="V41" s="510"/>
       <c r="W41" s="513"/>
       <c r="X41" s="495"/>
       <c r="Y41" s="510"/>
       <c r="Z41" s="510"/>
       <c r="AA41" s="513"/>
       <c r="AB41" s="806"/>
@@ -12635,51 +12626,51 @@
       <c r="Q44" s="510"/>
       <c r="R44" s="510"/>
       <c r="S44" s="513"/>
       <c r="T44" s="495"/>
       <c r="U44" s="510"/>
       <c r="V44" s="510"/>
       <c r="W44" s="513"/>
       <c r="X44" s="495"/>
       <c r="Y44" s="510"/>
       <c r="Z44" s="510"/>
       <c r="AA44" s="513"/>
       <c r="AB44" s="806"/>
       <c r="AC44" s="809"/>
       <c r="AD44" s="809"/>
       <c r="AE44" s="713"/>
       <c r="AF44" s="471"/>
     </row>
     <row r="45" spans="1:32" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="473"/>
       <c r="B45" s="476"/>
       <c r="C45" s="75"/>
       <c r="D45" s="171" t="s">
         <v>93</v>
       </c>
       <c r="E45" s="480" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="F45" s="480"/>
       <c r="G45" s="481"/>
       <c r="H45" s="501"/>
       <c r="I45" s="498"/>
       <c r="J45" s="498"/>
       <c r="K45" s="504"/>
       <c r="L45" s="501"/>
       <c r="M45" s="498"/>
       <c r="N45" s="498"/>
       <c r="O45" s="504"/>
       <c r="P45" s="495"/>
       <c r="Q45" s="510"/>
       <c r="R45" s="510"/>
       <c r="S45" s="513"/>
       <c r="T45" s="495"/>
       <c r="U45" s="510"/>
       <c r="V45" s="510"/>
       <c r="W45" s="513"/>
       <c r="X45" s="495"/>
       <c r="Y45" s="510"/>
       <c r="Z45" s="510"/>
       <c r="AA45" s="513"/>
       <c r="AB45" s="806"/>
       <c r="AC45" s="809"/>
@@ -12708,130 +12699,130 @@
       <c r="N46" s="498"/>
       <c r="O46" s="504"/>
       <c r="P46" s="495"/>
       <c r="Q46" s="510"/>
       <c r="R46" s="510"/>
       <c r="S46" s="513"/>
       <c r="T46" s="495"/>
       <c r="U46" s="510"/>
       <c r="V46" s="510"/>
       <c r="W46" s="513"/>
       <c r="X46" s="495"/>
       <c r="Y46" s="510"/>
       <c r="Z46" s="510"/>
       <c r="AA46" s="513"/>
       <c r="AB46" s="806"/>
       <c r="AC46" s="809"/>
       <c r="AD46" s="809"/>
       <c r="AE46" s="713"/>
       <c r="AF46" s="471"/>
     </row>
     <row r="47" spans="1:32" s="146" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="473"/>
       <c r="B47" s="476"/>
       <c r="C47" s="162"/>
       <c r="D47" s="171" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="E47" s="480" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="F47" s="480"/>
       <c r="G47" s="481"/>
       <c r="H47" s="501"/>
       <c r="I47" s="498"/>
       <c r="J47" s="498"/>
       <c r="K47" s="504"/>
       <c r="L47" s="501"/>
       <c r="M47" s="498"/>
       <c r="N47" s="498"/>
       <c r="O47" s="504"/>
       <c r="P47" s="495"/>
       <c r="Q47" s="510"/>
       <c r="R47" s="510"/>
       <c r="S47" s="513"/>
       <c r="T47" s="495"/>
       <c r="U47" s="510"/>
       <c r="V47" s="510"/>
       <c r="W47" s="513"/>
       <c r="X47" s="495"/>
       <c r="Y47" s="510"/>
       <c r="Z47" s="510"/>
       <c r="AA47" s="513"/>
       <c r="AB47" s="806"/>
       <c r="AC47" s="809"/>
       <c r="AD47" s="809"/>
       <c r="AE47" s="713"/>
       <c r="AF47" s="471"/>
     </row>
     <row r="48" spans="1:32" s="146" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="473"/>
       <c r="B48" s="476"/>
       <c r="C48" s="162"/>
       <c r="D48" s="171" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="E48" s="480" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="F48" s="480"/>
       <c r="G48" s="481"/>
       <c r="H48" s="501"/>
       <c r="I48" s="498"/>
       <c r="J48" s="498"/>
       <c r="K48" s="504"/>
       <c r="L48" s="501"/>
       <c r="M48" s="498"/>
       <c r="N48" s="498"/>
       <c r="O48" s="504"/>
       <c r="P48" s="495"/>
       <c r="Q48" s="510"/>
       <c r="R48" s="510"/>
       <c r="S48" s="513"/>
       <c r="T48" s="495"/>
       <c r="U48" s="510"/>
       <c r="V48" s="510"/>
       <c r="W48" s="513"/>
       <c r="X48" s="495"/>
       <c r="Y48" s="510"/>
       <c r="Z48" s="510"/>
       <c r="AA48" s="513"/>
       <c r="AB48" s="806"/>
       <c r="AC48" s="809"/>
       <c r="AD48" s="809"/>
       <c r="AE48" s="713"/>
       <c r="AF48" s="471"/>
     </row>
     <row r="49" spans="1:35" s="146" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="473"/>
       <c r="B49" s="476"/>
       <c r="C49" s="160"/>
       <c r="D49" s="172" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="E49" s="554" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="F49" s="554"/>
       <c r="G49" s="785"/>
       <c r="H49" s="502"/>
       <c r="I49" s="499"/>
       <c r="J49" s="499"/>
       <c r="K49" s="505"/>
       <c r="L49" s="502"/>
       <c r="M49" s="499"/>
       <c r="N49" s="499"/>
       <c r="O49" s="505"/>
       <c r="P49" s="496"/>
       <c r="Q49" s="511"/>
       <c r="R49" s="511"/>
       <c r="S49" s="514"/>
       <c r="T49" s="496"/>
       <c r="U49" s="511"/>
       <c r="V49" s="511"/>
       <c r="W49" s="514"/>
       <c r="X49" s="496"/>
       <c r="Y49" s="511"/>
       <c r="Z49" s="511"/>
       <c r="AA49" s="514"/>
       <c r="AB49" s="807"/>
       <c r="AC49" s="810"/>
@@ -12846,93 +12837,93 @@
         <v>125</v>
       </c>
       <c r="D50" s="478" t="s">
         <v>350</v>
       </c>
       <c r="E50" s="478"/>
       <c r="F50" s="478"/>
       <c r="G50" s="479"/>
       <c r="H50" s="500"/>
       <c r="I50" s="497"/>
       <c r="J50" s="497"/>
       <c r="K50" s="817"/>
       <c r="L50" s="813"/>
       <c r="M50" s="811"/>
       <c r="N50" s="497"/>
       <c r="O50" s="817"/>
       <c r="P50" s="494" t="s">
         <v>71</v>
       </c>
       <c r="Q50" s="509"/>
       <c r="R50" s="509">
         <f>IF(P50="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="S50" s="802" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="T50" s="805" t="s">
         <v>71</v>
       </c>
       <c r="U50" s="808"/>
       <c r="V50" s="509">
         <f>IF(T50="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W50" s="802" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="X50" s="494" t="s">
         <v>71</v>
       </c>
       <c r="Y50" s="509"/>
       <c r="Z50" s="509">
         <f>IF(X50="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AA50" s="802" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="AB50" s="805" t="s">
         <v>71</v>
       </c>
       <c r="AC50" s="808"/>
       <c r="AD50" s="509">
         <f>IF(AB50="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AE50" s="633" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="AF50" s="471"/>
     </row>
     <row r="51" spans="1:35" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="473"/>
       <c r="B51" s="476"/>
       <c r="C51" s="65"/>
       <c r="D51" s="480" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="E51" s="480"/>
       <c r="F51" s="480"/>
       <c r="G51" s="481"/>
       <c r="H51" s="501"/>
       <c r="I51" s="498"/>
       <c r="J51" s="498"/>
       <c r="K51" s="818"/>
       <c r="L51" s="816"/>
       <c r="M51" s="815"/>
       <c r="N51" s="498"/>
       <c r="O51" s="818"/>
       <c r="P51" s="495"/>
       <c r="Q51" s="510"/>
       <c r="R51" s="510"/>
       <c r="S51" s="803"/>
       <c r="T51" s="806"/>
       <c r="U51" s="809"/>
       <c r="V51" s="510"/>
       <c r="W51" s="803"/>
       <c r="X51" s="495"/>
       <c r="Y51" s="510"/>
       <c r="Z51" s="510"/>
       <c r="AA51" s="803"/>
       <c r="AB51" s="806"/>
@@ -12965,51 +12956,51 @@
       <c r="Q52" s="510"/>
       <c r="R52" s="510"/>
       <c r="S52" s="803"/>
       <c r="T52" s="806"/>
       <c r="U52" s="809"/>
       <c r="V52" s="510"/>
       <c r="W52" s="803"/>
       <c r="X52" s="495"/>
       <c r="Y52" s="510"/>
       <c r="Z52" s="510"/>
       <c r="AA52" s="803"/>
       <c r="AB52" s="806"/>
       <c r="AC52" s="809"/>
       <c r="AD52" s="510"/>
       <c r="AE52" s="713"/>
       <c r="AF52" s="471"/>
     </row>
     <row r="53" spans="1:35" ht="29.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="473"/>
       <c r="B53" s="476"/>
       <c r="C53" s="65"/>
       <c r="D53" s="52" t="s">
         <v>83</v>
       </c>
       <c r="E53" s="480" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="F53" s="480"/>
       <c r="G53" s="481"/>
       <c r="H53" s="501"/>
       <c r="I53" s="498"/>
       <c r="J53" s="498"/>
       <c r="K53" s="818"/>
       <c r="L53" s="816"/>
       <c r="M53" s="815"/>
       <c r="N53" s="498"/>
       <c r="O53" s="818"/>
       <c r="P53" s="495"/>
       <c r="Q53" s="510"/>
       <c r="R53" s="510"/>
       <c r="S53" s="803"/>
       <c r="T53" s="806"/>
       <c r="U53" s="809"/>
       <c r="V53" s="510"/>
       <c r="W53" s="803"/>
       <c r="X53" s="495"/>
       <c r="Y53" s="510"/>
       <c r="Z53" s="510"/>
       <c r="AA53" s="803"/>
       <c r="AB53" s="806"/>
       <c r="AC53" s="809"/>
@@ -13041,120 +13032,120 @@
       <c r="Q54" s="510"/>
       <c r="R54" s="510"/>
       <c r="S54" s="803"/>
       <c r="T54" s="806"/>
       <c r="U54" s="809"/>
       <c r="V54" s="510"/>
       <c r="W54" s="803"/>
       <c r="X54" s="495"/>
       <c r="Y54" s="510"/>
       <c r="Z54" s="510"/>
       <c r="AA54" s="803"/>
       <c r="AB54" s="806"/>
       <c r="AC54" s="809"/>
       <c r="AD54" s="510"/>
       <c r="AE54" s="713"/>
       <c r="AF54" s="471"/>
     </row>
     <row r="55" spans="1:35" s="146" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="474"/>
       <c r="B55" s="477"/>
       <c r="C55" s="160"/>
       <c r="D55" s="172" t="s">
         <v>239</v>
       </c>
       <c r="E55" s="554" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="F55" s="554"/>
       <c r="G55" s="785"/>
       <c r="H55" s="502"/>
       <c r="I55" s="499"/>
       <c r="J55" s="499"/>
       <c r="K55" s="819"/>
       <c r="L55" s="814"/>
       <c r="M55" s="812"/>
       <c r="N55" s="499"/>
       <c r="O55" s="819"/>
       <c r="P55" s="496"/>
       <c r="Q55" s="511"/>
       <c r="R55" s="511"/>
       <c r="S55" s="804"/>
       <c r="T55" s="807"/>
       <c r="U55" s="810"/>
       <c r="V55" s="511"/>
       <c r="W55" s="804"/>
       <c r="X55" s="496"/>
       <c r="Y55" s="511"/>
       <c r="Z55" s="511"/>
       <c r="AA55" s="804"/>
       <c r="AB55" s="807"/>
       <c r="AC55" s="810"/>
       <c r="AD55" s="511"/>
       <c r="AE55" s="634"/>
       <c r="AF55" s="471"/>
     </row>
     <row r="56" spans="1:35" s="46" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="52"/>
       <c r="B56" s="51"/>
       <c r="D56" s="52"/>
       <c r="E56" s="51"/>
       <c r="F56" s="51"/>
       <c r="G56" s="729" t="s">
         <v>7</v>
       </c>
       <c r="H56" s="283" t="s">
         <v>66</v>
       </c>
       <c r="I56" s="284"/>
       <c r="J56" s="284"/>
       <c r="K56" s="285" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="L56" s="283" t="s">
         <v>66</v>
       </c>
       <c r="M56" s="284"/>
       <c r="N56" s="284"/>
       <c r="O56" s="285" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="P56" s="54" t="s">
         <v>66</v>
       </c>
       <c r="Q56" s="55"/>
       <c r="R56" s="55"/>
       <c r="S56" s="248" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="T56" s="54" t="s">
         <v>66</v>
       </c>
       <c r="U56" s="55"/>
       <c r="V56" s="55"/>
       <c r="W56" s="248" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="X56" s="54" t="s">
         <v>66</v>
       </c>
       <c r="Y56" s="55"/>
       <c r="Z56" s="55"/>
       <c r="AA56" s="248">
         <f>SUM(Y4:Y55)</f>
         <v>0</v>
       </c>
       <c r="AB56" s="54" t="s">
         <v>66</v>
       </c>
       <c r="AC56" s="55"/>
       <c r="AD56" s="55"/>
       <c r="AE56" s="248">
         <f>SUM(AC4:AC55)</f>
         <v>0</v>
       </c>
       <c r="AF56" s="51"/>
       <c r="AG56"/>
       <c r="AH56"/>
       <c r="AI56"/>
     </row>
     <row r="57" spans="1:35" s="46" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -13203,51 +13194,51 @@
       <c r="X57" s="54" t="s">
         <v>61</v>
       </c>
       <c r="Y57" s="55"/>
       <c r="Z57" s="55"/>
       <c r="AA57" s="248">
         <f>SUM(Z4:Z55)</f>
         <v>0</v>
       </c>
       <c r="AB57" s="54" t="s">
         <v>61</v>
       </c>
       <c r="AC57" s="55"/>
       <c r="AD57" s="55"/>
       <c r="AE57" s="248">
         <f>SUM(AD4:AD55)</f>
         <v>0</v>
       </c>
       <c r="AF57" s="51"/>
       <c r="AG57"/>
       <c r="AH57"/>
       <c r="AI57"/>
     </row>
     <row r="58" spans="1:35" ht="27.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="484" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="B58" s="484"/>
       <c r="C58" s="484"/>
       <c r="D58" s="484"/>
       <c r="E58" s="484"/>
       <c r="F58" s="484"/>
       <c r="G58" s="484"/>
       <c r="H58" s="484"/>
       <c r="I58" s="484"/>
       <c r="J58" s="484"/>
       <c r="K58" s="484"/>
       <c r="L58" s="484"/>
       <c r="M58" s="484"/>
       <c r="N58" s="484"/>
       <c r="O58" s="484"/>
       <c r="P58" s="484"/>
       <c r="Q58" s="484"/>
       <c r="R58" s="484"/>
       <c r="S58" s="484"/>
       <c r="T58" s="484"/>
       <c r="U58" s="484"/>
       <c r="V58" s="484"/>
       <c r="W58" s="484"/>
       <c r="X58" s="484"/>
       <c r="Y58" s="484"/>
@@ -13572,81 +13563,81 @@
     <col min="29" max="30" width="9" style="49" hidden="1" customWidth="1"/>
     <col min="31" max="31" width="5" style="49" customWidth="1"/>
     <col min="32" max="32" width="31.33203125" style="401" customWidth="1"/>
     <col min="33" max="33" width="0" style="49" hidden="1" customWidth="1"/>
     <col min="34" max="16384" width="9" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="44" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="2" spans="1:35" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="488" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="490"/>
       <c r="C2" s="488" t="s">
         <v>33</v>
       </c>
       <c r="D2" s="489"/>
       <c r="E2" s="489"/>
       <c r="F2" s="489"/>
       <c r="G2" s="490"/>
       <c r="H2" s="523" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="I2" s="524"/>
       <c r="J2" s="524"/>
       <c r="K2" s="524"/>
       <c r="L2" s="524"/>
       <c r="M2" s="524"/>
       <c r="N2" s="524"/>
       <c r="O2" s="525"/>
       <c r="P2" s="523" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="Q2" s="524"/>
       <c r="R2" s="524"/>
       <c r="S2" s="524"/>
       <c r="T2" s="524"/>
       <c r="U2" s="524"/>
       <c r="V2" s="524"/>
       <c r="W2" s="525"/>
       <c r="X2" s="515" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="Y2" s="516"/>
       <c r="Z2" s="516"/>
       <c r="AA2" s="516"/>
       <c r="AB2" s="516"/>
       <c r="AC2" s="516"/>
       <c r="AD2" s="516"/>
       <c r="AE2" s="517"/>
       <c r="AF2" s="468" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="AG2" s="49" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="3" spans="1:35" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="518"/>
       <c r="B3" s="519"/>
       <c r="C3" s="518"/>
       <c r="D3" s="520"/>
       <c r="E3" s="520"/>
       <c r="F3" s="520"/>
       <c r="G3" s="519"/>
       <c r="H3" s="523" t="s">
         <v>34</v>
       </c>
       <c r="I3" s="524"/>
       <c r="J3" s="524"/>
       <c r="K3" s="525"/>
       <c r="L3" s="820" t="s">
         <v>35</v>
       </c>
       <c r="M3" s="584"/>
       <c r="N3" s="584"/>
       <c r="O3" s="583"/>
@@ -13854,67 +13845,67 @@
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L41"/>
   <sheetViews>
     <sheetView topLeftCell="A26" zoomScale="75" zoomScaleNormal="75" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <selection activeCell="A9" sqref="A9:C39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.6640625" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="25" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="15" width="11.33203125" style="2" customWidth="1"/>
     <col min="16" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="I1" s="457" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="J1" s="457"/>
     </row>
     <row r="2" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="J2" s="220"/>
     </row>
     <row r="3" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="4"/>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="458" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="B4" s="458"/>
       <c r="C4" s="458"/>
       <c r="D4" s="458"/>
       <c r="E4" s="458"/>
       <c r="F4" s="458"/>
       <c r="G4" s="458"/>
       <c r="H4" s="458"/>
       <c r="I4" s="458"/>
       <c r="J4" s="458"/>
     </row>
     <row r="5" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
     </row>
     <row r="6" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6"/>
       <c r="G6" s="145" t="s">
@@ -14006,51 +13997,51 @@
       </c>
     </row>
     <row r="12" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="99" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="100" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="101" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="166">
         <f>8-'02-01住戸内（性能）'!X45</f>
         <v>8</v>
       </c>
       <c r="E12" s="102">
         <f>'02-01住戸内（性能）'!W43</f>
         <v>0</v>
       </c>
       <c r="F12" s="166">
         <v>8</v>
       </c>
       <c r="G12" s="103">
         <f>'02-01住戸内（性能）'!W44</f>
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H12" s="104"/>
       <c r="I12" s="105"/>
       <c r="J12" s="106">
         <f t="shared" ref="J12:J22" si="0">SUM(D12,F12)</f>
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="34" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="35" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="36" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="167">
         <f>4-'02-02住戸内（空間）'!X121</f>
         <v>4</v>
       </c>
       <c r="E13" s="37">
         <f>'02-02住戸内（空間）'!W119</f>
         <v>0</v>
@@ -14067,51 +14058,51 @@
       <c r="J13" s="107">
         <f t="shared" si="0"/>
         <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="428" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="429"/>
       <c r="C14" s="429"/>
       <c r="D14" s="18">
         <f>SUM(D12:D13)</f>
         <v>12</v>
       </c>
       <c r="E14" s="19">
         <f>SUM(E12:E13)</f>
         <v>0</v>
       </c>
       <c r="F14" s="18">
         <f t="shared" ref="F14" si="1">SUM(F12:F13)</f>
         <v>57</v>
       </c>
       <c r="G14" s="20">
         <f>SUM(G12:G13)</f>
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H14" s="31"/>
       <c r="I14" s="21"/>
       <c r="J14" s="22">
         <f t="shared" si="0"/>
         <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="108" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="109" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="110" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="168">
         <f>3-'03-01住共用部分（性能）'!X32</f>
         <v>3</v>
       </c>
       <c r="E15" s="23">
         <f>'03-01住共用部分（性能）'!W30</f>
         <v>0</v>
@@ -14249,122 +14240,122 @@
       </c>
       <c r="B20" s="440" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="441"/>
       <c r="D20" s="18">
         <v>0</v>
       </c>
       <c r="E20" s="30"/>
       <c r="F20" s="18">
         <v>1</v>
       </c>
       <c r="G20" s="20">
         <f>'06区市町村意見反映'!S5</f>
         <v>0</v>
       </c>
       <c r="H20" s="31"/>
       <c r="I20" s="21"/>
       <c r="J20" s="17">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="428" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B21" s="429"/>
       <c r="C21" s="442"/>
       <c r="D21" s="18">
         <f>SUM(D18:D20)</f>
         <v>0</v>
       </c>
       <c r="E21" s="19">
         <f>SUM(E18:E20)</f>
         <v>0</v>
       </c>
       <c r="F21" s="18">
         <f>SUM(F18:F20)</f>
         <v>13</v>
       </c>
       <c r="G21" s="20">
         <f>SUM(G18:G20)</f>
         <v>0</v>
       </c>
       <c r="H21" s="31"/>
       <c r="I21" s="21"/>
       <c r="J21" s="17">
         <f>SUM(D21,F21)</f>
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="426" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="427"/>
       <c r="C22" s="427"/>
       <c r="D22" s="18">
         <f>SUM(D11,D14,D17,D21)</f>
         <v>17</v>
       </c>
       <c r="E22" s="19">
         <f>SUM(E11,E14,E17,E21)</f>
         <v>0</v>
       </c>
       <c r="F22" s="18">
         <f>SUM(F11,F14,F17,F21)</f>
         <v>100</v>
       </c>
       <c r="G22" s="20">
         <f>SUM(G11,G14,G17,G21)</f>
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H22" s="31"/>
       <c r="I22" s="169">
         <v>39</v>
       </c>
       <c r="J22" s="22">
         <f t="shared" si="0"/>
         <v>117</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="430" t="s">
         <v>29</v>
       </c>
       <c r="B23" s="431"/>
       <c r="C23" s="432"/>
       <c r="D23" s="430" t="str">
         <f>IF(E22=0,"",IF(E22=D22,"ＯＫ","適合数不足"))</f>
         <v/>
       </c>
       <c r="E23" s="432"/>
       <c r="F23" s="467" t="str">
         <f>IF(G22=0,"",IF(G22&gt;=I22,"ＯＫ","適合数不足"))</f>
-        <v>適合数不足</v>
+        <v/>
       </c>
       <c r="G23" s="431"/>
       <c r="H23" s="431"/>
       <c r="I23" s="432"/>
       <c r="J23" s="32"/>
       <c r="L23" s="33"/>
     </row>
     <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="J24" s="5"/>
     </row>
     <row r="25" spans="1:12" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="444" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="445"/>
       <c r="C25" s="446"/>
       <c r="D25" s="450" t="s">
         <v>3</v>
       </c>
       <c r="E25" s="451"/>
       <c r="F25" s="452" t="s">
         <v>4</v>
       </c>
       <c r="G25" s="453"/>
       <c r="H25" s="453"/>
@@ -14667,51 +14658,51 @@
       </c>
       <c r="B36" s="443" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="429"/>
       <c r="D36" s="168">
         <v>0</v>
       </c>
       <c r="E36" s="42"/>
       <c r="F36" s="168">
         <v>1</v>
       </c>
       <c r="G36" s="24">
         <f>'06区市町村意見反映'!W5</f>
         <v>0</v>
       </c>
       <c r="H36" s="43"/>
       <c r="I36" s="25"/>
       <c r="J36" s="17">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="428" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B37" s="429"/>
       <c r="C37" s="442"/>
       <c r="D37" s="165">
         <f>SUM(D34:D36)</f>
         <v>0</v>
       </c>
       <c r="E37" s="14">
         <f>SUM(E34:E36)</f>
         <v>0</v>
       </c>
       <c r="F37" s="165">
         <f>SUM(F34:F36)</f>
         <v>13</v>
       </c>
       <c r="G37" s="28">
         <f>SUM(G34:G36)</f>
         <v>0</v>
       </c>
       <c r="H37" s="273"/>
       <c r="I37" s="16"/>
       <c r="J37" s="17">
         <f>SUM(D37,F37)</f>
         <v>13</v>
       </c>
@@ -14828,67 +14819,67 @@
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L41"/>
   <sheetViews>
     <sheetView topLeftCell="A29" zoomScaleNormal="100" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <selection activeCell="B35" sqref="B35:C35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.6640625" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="25" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="15" width="11.33203125" style="2" customWidth="1"/>
     <col min="16" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="I1" s="457" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="J1" s="457"/>
     </row>
     <row r="2" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="J2" s="220"/>
     </row>
     <row r="3" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="4"/>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="458" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="B4" s="458"/>
       <c r="C4" s="458"/>
       <c r="D4" s="458"/>
       <c r="E4" s="458"/>
       <c r="F4" s="458"/>
       <c r="G4" s="458"/>
       <c r="H4" s="458"/>
       <c r="I4" s="458"/>
       <c r="J4" s="458"/>
     </row>
     <row r="5" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
     </row>
     <row r="6" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6"/>
       <c r="G6" s="145" t="s">
@@ -15235,51 +15226,51 @@
       </c>
       <c r="B20" s="440" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="441"/>
       <c r="D20" s="18">
         <v>0</v>
       </c>
       <c r="E20" s="30"/>
       <c r="F20" s="18">
         <v>1</v>
       </c>
       <c r="G20" s="20">
         <f>'06区市町村意見反映'!AA5</f>
         <v>0</v>
       </c>
       <c r="H20" s="31"/>
       <c r="I20" s="21"/>
       <c r="J20" s="17">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="428" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B21" s="429"/>
       <c r="C21" s="442"/>
       <c r="D21" s="18">
         <f>SUM(D18:D20)</f>
         <v>4</v>
       </c>
       <c r="E21" s="19">
         <f>SUM(E18:E20)</f>
         <v>0</v>
       </c>
       <c r="F21" s="18">
         <f>SUM(F18:F20)</f>
         <v>9</v>
       </c>
       <c r="G21" s="20">
         <f>SUM(G18:G20)</f>
         <v>0</v>
       </c>
       <c r="H21" s="20">
         <v>1</v>
       </c>
       <c r="I21" s="21"/>
       <c r="J21" s="17">
         <f>SUM(D21,F21)</f>
@@ -15664,51 +15655,51 @@
       </c>
       <c r="B36" s="443" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="429"/>
       <c r="D36" s="168">
         <v>0</v>
       </c>
       <c r="E36" s="42"/>
       <c r="F36" s="168">
         <v>1</v>
       </c>
       <c r="G36" s="24">
         <f>'06区市町村意見反映'!AE5</f>
         <v>0</v>
       </c>
       <c r="H36" s="43"/>
       <c r="I36" s="25"/>
       <c r="J36" s="17">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="428" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B37" s="429"/>
       <c r="C37" s="442"/>
       <c r="D37" s="165">
         <f>SUM(D34:D36)</f>
         <v>4</v>
       </c>
       <c r="E37" s="14">
         <f>SUM(E34:E36)</f>
         <v>0</v>
       </c>
       <c r="F37" s="165">
         <f>SUM(F34:F36)</f>
         <v>9</v>
       </c>
       <c r="G37" s="28">
         <f>SUM(G34:G36)</f>
         <v>0</v>
       </c>
       <c r="H37" s="28">
         <v>1</v>
       </c>
       <c r="I37" s="16"/>
       <c r="J37" s="17">
         <f>SUM(D37,F37)</f>
@@ -15862,90 +15853,90 @@
     <col min="32" max="32" width="5" style="49" customWidth="1"/>
     <col min="33" max="33" width="31.33203125" style="393" customWidth="1"/>
     <col min="34" max="34" width="0" style="49" hidden="1" customWidth="1"/>
     <col min="35" max="35" width="15.88671875" style="49" customWidth="1"/>
     <col min="36" max="16384" width="9" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="44" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="2" spans="1:35" s="144" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="488" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="490"/>
       <c r="C2" s="488" t="s">
         <v>33</v>
       </c>
       <c r="D2" s="489"/>
       <c r="E2" s="489"/>
       <c r="F2" s="489"/>
       <c r="G2" s="490"/>
       <c r="H2" s="521" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="I2" s="523" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="J2" s="524"/>
       <c r="K2" s="524"/>
       <c r="L2" s="524"/>
       <c r="M2" s="524"/>
       <c r="N2" s="524"/>
       <c r="O2" s="524"/>
       <c r="P2" s="525"/>
       <c r="Q2" s="523" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="R2" s="524"/>
       <c r="S2" s="524"/>
       <c r="T2" s="524"/>
       <c r="U2" s="524"/>
       <c r="V2" s="524"/>
       <c r="W2" s="524"/>
       <c r="X2" s="525"/>
       <c r="Y2" s="515" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="Z2" s="516"/>
       <c r="AA2" s="516"/>
       <c r="AB2" s="516"/>
       <c r="AC2" s="516"/>
       <c r="AD2" s="516"/>
       <c r="AE2" s="516"/>
       <c r="AF2" s="517"/>
       <c r="AG2" s="468" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="AH2" s="144" t="s">
         <v>64</v>
       </c>
       <c r="AI2" s="468" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
     </row>
     <row r="3" spans="1:35" s="144" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="518"/>
       <c r="B3" s="519"/>
       <c r="C3" s="518"/>
       <c r="D3" s="520"/>
       <c r="E3" s="520"/>
       <c r="F3" s="520"/>
       <c r="G3" s="519"/>
       <c r="H3" s="522"/>
       <c r="I3" s="488" t="s">
         <v>34</v>
       </c>
       <c r="J3" s="489"/>
       <c r="K3" s="489"/>
       <c r="L3" s="490"/>
       <c r="M3" s="491" t="s">
         <v>35</v>
       </c>
       <c r="N3" s="492"/>
       <c r="O3" s="492"/>
       <c r="P3" s="493"/>
       <c r="Q3" s="488" t="s">
         <v>34</v>
@@ -16226,51 +16217,51 @@
       <c r="AB8" s="512" t="s">
         <v>61</v>
       </c>
       <c r="AC8" s="494" t="s">
         <v>71</v>
       </c>
       <c r="AD8" s="509"/>
       <c r="AE8" s="509">
         <f>IF(AC8="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AF8" s="512" t="s">
         <v>62</v>
       </c>
       <c r="AG8" s="471"/>
       <c r="AI8" s="471"/>
     </row>
     <row r="9" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="473"/>
       <c r="B9" s="476"/>
       <c r="C9" s="46"/>
       <c r="D9" s="47" t="s">
         <v>38</v>
       </c>
       <c r="E9" s="480" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="F9" s="480"/>
       <c r="G9" s="481"/>
       <c r="H9" s="495"/>
       <c r="I9" s="501"/>
       <c r="J9" s="498"/>
       <c r="K9" s="498"/>
       <c r="L9" s="504"/>
       <c r="M9" s="501"/>
       <c r="N9" s="498"/>
       <c r="O9" s="498"/>
       <c r="P9" s="504"/>
       <c r="Q9" s="495"/>
       <c r="R9" s="510"/>
       <c r="S9" s="510"/>
       <c r="T9" s="513"/>
       <c r="U9" s="495"/>
       <c r="V9" s="510"/>
       <c r="W9" s="510"/>
       <c r="X9" s="513"/>
       <c r="Y9" s="495"/>
       <c r="Z9" s="510"/>
       <c r="AA9" s="510"/>
       <c r="AB9" s="513"/>
       <c r="AC9" s="495"/>
@@ -16753,94 +16744,94 @@
       <c r="P19" s="504"/>
       <c r="Q19" s="495"/>
       <c r="R19" s="510"/>
       <c r="S19" s="510"/>
       <c r="T19" s="513"/>
       <c r="U19" s="495"/>
       <c r="V19" s="510"/>
       <c r="W19" s="510"/>
       <c r="X19" s="513"/>
       <c r="Y19" s="495"/>
       <c r="Z19" s="510"/>
       <c r="AA19" s="510"/>
       <c r="AB19" s="513"/>
       <c r="AC19" s="495"/>
       <c r="AD19" s="510"/>
       <c r="AE19" s="510"/>
       <c r="AF19" s="513"/>
       <c r="AG19" s="471"/>
       <c r="AI19" s="471"/>
     </row>
     <row r="20" spans="1:37" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="473"/>
       <c r="B20" s="476"/>
       <c r="C20" s="46"/>
       <c r="D20" s="173" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="E20" s="480" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="F20" s="480"/>
       <c r="G20" s="481"/>
       <c r="H20" s="495"/>
       <c r="I20" s="501"/>
       <c r="J20" s="498"/>
       <c r="K20" s="498"/>
       <c r="L20" s="504"/>
       <c r="M20" s="501"/>
       <c r="N20" s="498"/>
       <c r="O20" s="498"/>
       <c r="P20" s="504"/>
       <c r="Q20" s="495"/>
       <c r="R20" s="510"/>
       <c r="S20" s="510"/>
       <c r="T20" s="513"/>
       <c r="U20" s="495"/>
       <c r="V20" s="510"/>
       <c r="W20" s="510"/>
       <c r="X20" s="513"/>
       <c r="Y20" s="495"/>
       <c r="Z20" s="510"/>
       <c r="AA20" s="510"/>
       <c r="AB20" s="513"/>
       <c r="AC20" s="495"/>
       <c r="AD20" s="510"/>
       <c r="AE20" s="510"/>
       <c r="AF20" s="513"/>
       <c r="AG20" s="471"/>
       <c r="AI20" s="471"/>
     </row>
     <row r="21" spans="1:37" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="473"/>
       <c r="B21" s="476"/>
       <c r="C21" s="46"/>
       <c r="D21" s="173" t="s">
         <v>247</v>
       </c>
       <c r="E21" s="484" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="F21" s="484"/>
       <c r="G21" s="485"/>
       <c r="H21" s="495"/>
       <c r="I21" s="501"/>
       <c r="J21" s="498"/>
       <c r="K21" s="498"/>
       <c r="L21" s="504"/>
       <c r="M21" s="501"/>
       <c r="N21" s="498"/>
       <c r="O21" s="498"/>
       <c r="P21" s="504"/>
       <c r="Q21" s="495"/>
       <c r="R21" s="510"/>
       <c r="S21" s="510"/>
       <c r="T21" s="513"/>
       <c r="U21" s="495"/>
       <c r="V21" s="510"/>
       <c r="W21" s="510"/>
       <c r="X21" s="513"/>
       <c r="Y21" s="495"/>
       <c r="Z21" s="510"/>
       <c r="AA21" s="510"/>
       <c r="AB21" s="513"/>
       <c r="AC21" s="495"/>
@@ -17256,55 +17247,55 @@
     <mergeCell ref="AG17:AG22"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M4:M24 Q4:Q24 U4:U24 I4:I24 Y4:Y24 AC4:AC24" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>$AH$3:$AH$4</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="60" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;P / &amp;N ページ</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="D5:G8 E22:G22 D9 F9:G9 D10:G19 F21:G21" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:AV47"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="80" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C38" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection activeCell="H6" sqref="H6:J6"/>
       <selection pane="topRight" activeCell="H6" sqref="H6:J6"/>
       <selection pane="bottomLeft" activeCell="H6" sqref="H6:J6"/>
-      <selection pane="bottomRight" activeCell="D41" sqref="D41:G41"/>
+      <selection pane="bottomRight" activeCell="T5" sqref="T5:T17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.77734375" style="49" customWidth="1"/>
     <col min="2" max="2" width="9.109375" style="49" customWidth="1"/>
     <col min="3" max="6" width="3.77734375" style="49" customWidth="1"/>
     <col min="7" max="7" width="47.6640625" style="49" customWidth="1"/>
     <col min="8" max="8" width="3.77734375" style="50" customWidth="1"/>
     <col min="9" max="10" width="4.21875" style="49" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="5" style="49" customWidth="1"/>
     <col min="12" max="12" width="7.33203125" style="49" customWidth="1"/>
     <col min="13" max="13" width="5" style="49" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="3.77734375" style="50" customWidth="1"/>
     <col min="15" max="16" width="4.21875" style="49" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="5" style="49" customWidth="1"/>
     <col min="18" max="18" width="7.33203125" style="49" customWidth="1"/>
     <col min="19" max="19" width="5" style="49" hidden="1" customWidth="1"/>
     <col min="20" max="20" width="3.77734375" style="50" customWidth="1"/>
     <col min="21" max="22" width="4.21875" style="49" hidden="1" customWidth="1"/>
     <col min="23" max="23" width="5" style="49" customWidth="1"/>
     <col min="24" max="24" width="7.33203125" style="49" customWidth="1"/>
     <col min="25" max="25" width="5" style="49" hidden="1" customWidth="1"/>
     <col min="26" max="26" width="3.77734375" style="50" customWidth="1"/>
     <col min="27" max="28" width="4.21875" style="49" hidden="1" customWidth="1"/>
@@ -17323,99 +17314,99 @@
     <col min="43" max="43" width="5" style="49" hidden="1" customWidth="1"/>
     <col min="44" max="44" width="30.5546875" style="393" customWidth="1"/>
     <col min="45" max="45" width="3.21875" style="49" hidden="1" customWidth="1"/>
     <col min="46" max="46" width="18" style="49" customWidth="1"/>
     <col min="47" max="16384" width="9" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:46" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="44" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="2" spans="1:46" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="488" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="490"/>
       <c r="C2" s="488" t="s">
         <v>33</v>
       </c>
       <c r="D2" s="489"/>
       <c r="E2" s="489"/>
       <c r="F2" s="489"/>
       <c r="G2" s="489"/>
       <c r="H2" s="523" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="I2" s="524"/>
       <c r="J2" s="524"/>
       <c r="K2" s="524"/>
       <c r="L2" s="524"/>
       <c r="M2" s="524"/>
       <c r="N2" s="524"/>
       <c r="O2" s="524"/>
       <c r="P2" s="524"/>
       <c r="Q2" s="524"/>
       <c r="R2" s="524"/>
       <c r="S2" s="525"/>
       <c r="T2" s="523" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="U2" s="524"/>
       <c r="V2" s="524"/>
       <c r="W2" s="524"/>
       <c r="X2" s="524"/>
       <c r="Y2" s="524"/>
       <c r="Z2" s="524"/>
       <c r="AA2" s="524"/>
       <c r="AB2" s="524"/>
       <c r="AC2" s="524"/>
       <c r="AD2" s="524"/>
       <c r="AE2" s="525"/>
       <c r="AF2" s="523" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="AG2" s="524"/>
       <c r="AH2" s="524"/>
       <c r="AI2" s="524"/>
       <c r="AJ2" s="524"/>
       <c r="AK2" s="524"/>
       <c r="AL2" s="524"/>
       <c r="AM2" s="524"/>
       <c r="AN2" s="524"/>
       <c r="AO2" s="524"/>
       <c r="AP2" s="524"/>
       <c r="AQ2" s="524"/>
       <c r="AR2" s="468" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="AS2" s="49" t="s">
         <v>64</v>
       </c>
       <c r="AT2" s="468" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
     </row>
     <row r="3" spans="1:46" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="537"/>
       <c r="B3" s="539"/>
       <c r="C3" s="537"/>
       <c r="D3" s="538"/>
       <c r="E3" s="538"/>
       <c r="F3" s="538"/>
       <c r="G3" s="538"/>
       <c r="H3" s="488" t="s">
         <v>34</v>
       </c>
       <c r="I3" s="489"/>
       <c r="J3" s="489"/>
       <c r="K3" s="489"/>
       <c r="L3" s="489"/>
       <c r="M3" s="525"/>
       <c r="N3" s="491" t="s">
         <v>35</v>
       </c>
       <c r="O3" s="492"/>
       <c r="P3" s="492"/>
       <c r="Q3" s="492"/>
       <c r="R3" s="492"/>
@@ -17525,56 +17516,56 @@
         <v>1</v>
       </c>
       <c r="B5" s="529" t="s">
         <v>72</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="478" t="s">
         <v>73</v>
       </c>
       <c r="E5" s="478"/>
       <c r="F5" s="478"/>
       <c r="G5" s="478"/>
       <c r="H5" s="579"/>
       <c r="I5" s="576"/>
       <c r="J5" s="533"/>
       <c r="K5" s="533"/>
       <c r="L5" s="556"/>
       <c r="M5" s="535"/>
       <c r="N5" s="579"/>
       <c r="O5" s="576"/>
       <c r="P5" s="533"/>
       <c r="Q5" s="533"/>
       <c r="R5" s="556"/>
       <c r="S5" s="472"/>
       <c r="T5" s="570" t="s">
-        <v>507</v>
+        <v>71</v>
       </c>
       <c r="U5" s="573"/>
       <c r="V5" s="564">
         <f>IF(T5="■",1,0)</f>
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="W5" s="564" t="s">
         <v>62</v>
       </c>
       <c r="X5" s="588"/>
       <c r="Y5" s="611"/>
       <c r="Z5" s="570" t="s">
         <v>71</v>
       </c>
       <c r="AA5" s="573"/>
       <c r="AB5" s="564">
         <f>IF(Z5="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AC5" s="564" t="s">
         <v>62</v>
       </c>
       <c r="AD5" s="588"/>
       <c r="AE5" s="472"/>
       <c r="AF5" s="531" t="s">
         <v>64</v>
       </c>
       <c r="AG5" s="564">
         <f>IF(AF5="■",1,0)</f>
         <v>0</v>
@@ -18207,51 +18198,51 @@
       <c r="AG17" s="594"/>
       <c r="AH17" s="594"/>
       <c r="AI17" s="566"/>
       <c r="AJ17" s="569"/>
       <c r="AK17" s="474"/>
       <c r="AL17" s="572"/>
       <c r="AM17" s="575"/>
       <c r="AN17" s="566"/>
       <c r="AO17" s="566"/>
       <c r="AP17" s="590"/>
       <c r="AQ17" s="587"/>
       <c r="AR17" s="470"/>
       <c r="AT17" s="470"/>
     </row>
     <row r="18" spans="1:46" ht="54" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="527">
         <v>2</v>
       </c>
       <c r="B18" s="529" t="s">
         <v>95</v>
       </c>
       <c r="C18" s="45" t="s">
         <v>96</v>
       </c>
       <c r="D18" s="478" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="E18" s="478"/>
       <c r="F18" s="478"/>
       <c r="G18" s="478"/>
       <c r="H18" s="531" t="s">
         <v>71</v>
       </c>
       <c r="I18" s="564">
         <f>IF(H18="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="J18" s="564"/>
       <c r="K18" s="564" t="s">
         <v>66</v>
       </c>
       <c r="L18" s="567" t="s">
         <v>71</v>
       </c>
       <c r="M18" s="564">
         <f>IF(L18="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="N18" s="531" t="s">
         <v>71</v>
       </c>
@@ -18331,51 +18322,51 @@
         <f>IF(AL18="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AN18" s="564"/>
       <c r="AO18" s="564" t="s">
         <v>119</v>
       </c>
       <c r="AP18" s="567" t="s">
         <v>71</v>
       </c>
       <c r="AQ18" s="564">
         <f>IF(AP18="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR18" s="471"/>
       <c r="AT18" s="471"/>
     </row>
     <row r="19" spans="1:46" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="527"/>
       <c r="B19" s="529"/>
       <c r="C19" s="65"/>
       <c r="D19" s="171" t="s">
         <v>81</v>
       </c>
       <c r="E19" s="480" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="F19" s="480"/>
       <c r="G19" s="481"/>
       <c r="H19" s="532"/>
       <c r="I19" s="565"/>
       <c r="J19" s="565"/>
       <c r="K19" s="565"/>
       <c r="L19" s="568"/>
       <c r="M19" s="565"/>
       <c r="N19" s="532"/>
       <c r="O19" s="565"/>
       <c r="P19" s="565"/>
       <c r="Q19" s="565"/>
       <c r="R19" s="568"/>
       <c r="S19" s="565"/>
       <c r="T19" s="532"/>
       <c r="U19" s="565"/>
       <c r="V19" s="565"/>
       <c r="W19" s="565"/>
       <c r="X19" s="568"/>
       <c r="Y19" s="565"/>
       <c r="Z19" s="532"/>
       <c r="AA19" s="565"/>
       <c r="AB19" s="565"/>
       <c r="AC19" s="565"/>
@@ -18383,202 +18374,202 @@
       <c r="AE19" s="565"/>
       <c r="AF19" s="532"/>
       <c r="AG19" s="565"/>
       <c r="AH19" s="565"/>
       <c r="AI19" s="565"/>
       <c r="AJ19" s="568"/>
       <c r="AK19" s="565"/>
       <c r="AL19" s="532"/>
       <c r="AM19" s="565"/>
       <c r="AN19" s="565"/>
       <c r="AO19" s="565"/>
       <c r="AP19" s="568"/>
       <c r="AQ19" s="565"/>
       <c r="AR19" s="471"/>
       <c r="AT19" s="471"/>
     </row>
     <row r="20" spans="1:46" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="527"/>
       <c r="B20" s="529"/>
       <c r="C20" s="65"/>
       <c r="D20" s="171"/>
       <c r="E20" s="240" t="s">
         <v>331</v>
       </c>
       <c r="F20" s="480" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="G20" s="481"/>
       <c r="H20" s="532"/>
       <c r="I20" s="565"/>
       <c r="J20" s="565"/>
       <c r="K20" s="565"/>
       <c r="L20" s="568"/>
       <c r="M20" s="565"/>
       <c r="N20" s="532"/>
       <c r="O20" s="565"/>
       <c r="P20" s="565"/>
       <c r="Q20" s="565"/>
       <c r="R20" s="568"/>
       <c r="S20" s="565"/>
       <c r="T20" s="532"/>
       <c r="U20" s="565"/>
       <c r="V20" s="565"/>
       <c r="W20" s="565"/>
       <c r="X20" s="568"/>
       <c r="Y20" s="565"/>
       <c r="Z20" s="532"/>
       <c r="AA20" s="565"/>
       <c r="AB20" s="565"/>
       <c r="AC20" s="565"/>
       <c r="AD20" s="568"/>
       <c r="AE20" s="565"/>
       <c r="AF20" s="532"/>
       <c r="AG20" s="565"/>
       <c r="AH20" s="565"/>
       <c r="AI20" s="565"/>
       <c r="AJ20" s="568"/>
       <c r="AK20" s="565"/>
       <c r="AL20" s="532"/>
       <c r="AM20" s="565"/>
       <c r="AN20" s="565"/>
       <c r="AO20" s="565"/>
       <c r="AP20" s="568"/>
       <c r="AQ20" s="565"/>
       <c r="AR20" s="471"/>
       <c r="AT20" s="471"/>
     </row>
     <row r="21" spans="1:46" ht="54" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="527"/>
       <c r="B21" s="529"/>
       <c r="C21" s="65"/>
       <c r="D21" s="171"/>
       <c r="E21" s="240" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="F21" s="480" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="G21" s="481"/>
       <c r="H21" s="532"/>
       <c r="I21" s="565"/>
       <c r="J21" s="565"/>
       <c r="K21" s="565"/>
       <c r="L21" s="568"/>
       <c r="M21" s="565"/>
       <c r="N21" s="532"/>
       <c r="O21" s="565"/>
       <c r="P21" s="565"/>
       <c r="Q21" s="565"/>
       <c r="R21" s="568"/>
       <c r="S21" s="565"/>
       <c r="T21" s="532"/>
       <c r="U21" s="565"/>
       <c r="V21" s="565"/>
       <c r="W21" s="565"/>
       <c r="X21" s="568"/>
       <c r="Y21" s="565"/>
       <c r="Z21" s="532"/>
       <c r="AA21" s="565"/>
       <c r="AB21" s="565"/>
       <c r="AC21" s="565"/>
       <c r="AD21" s="568"/>
       <c r="AE21" s="565"/>
       <c r="AF21" s="532"/>
       <c r="AG21" s="565"/>
       <c r="AH21" s="565"/>
       <c r="AI21" s="565"/>
       <c r="AJ21" s="568"/>
       <c r="AK21" s="565"/>
       <c r="AL21" s="532"/>
       <c r="AM21" s="565"/>
       <c r="AN21" s="565"/>
       <c r="AO21" s="565"/>
       <c r="AP21" s="568"/>
       <c r="AQ21" s="565"/>
       <c r="AR21" s="471"/>
       <c r="AT21" s="471"/>
     </row>
     <row r="22" spans="1:46" ht="54" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="527"/>
       <c r="B22" s="529"/>
       <c r="C22" s="66"/>
       <c r="D22" s="172" t="s">
         <v>97</v>
       </c>
       <c r="E22" s="554" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="F22" s="554"/>
       <c r="G22" s="554"/>
       <c r="H22" s="563"/>
       <c r="I22" s="566"/>
       <c r="J22" s="566"/>
       <c r="K22" s="566"/>
       <c r="L22" s="569"/>
       <c r="M22" s="566"/>
       <c r="N22" s="563"/>
       <c r="O22" s="566"/>
       <c r="P22" s="566"/>
       <c r="Q22" s="566"/>
       <c r="R22" s="569"/>
       <c r="S22" s="566"/>
       <c r="T22" s="563"/>
       <c r="U22" s="566"/>
       <c r="V22" s="566"/>
       <c r="W22" s="566"/>
       <c r="X22" s="569"/>
       <c r="Y22" s="566"/>
       <c r="Z22" s="563"/>
       <c r="AA22" s="566"/>
       <c r="AB22" s="566"/>
       <c r="AC22" s="566"/>
       <c r="AD22" s="569"/>
       <c r="AE22" s="566"/>
       <c r="AF22" s="563"/>
       <c r="AG22" s="566"/>
       <c r="AH22" s="566"/>
       <c r="AI22" s="566"/>
       <c r="AJ22" s="569"/>
       <c r="AK22" s="566"/>
       <c r="AL22" s="563"/>
       <c r="AM22" s="566"/>
       <c r="AN22" s="566"/>
       <c r="AO22" s="566"/>
       <c r="AP22" s="569"/>
       <c r="AQ22" s="566"/>
       <c r="AR22" s="471"/>
       <c r="AT22" s="471"/>
     </row>
     <row r="23" spans="1:46" ht="54" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="527"/>
       <c r="B23" s="529"/>
       <c r="C23" s="68" t="s">
         <v>98</v>
       </c>
       <c r="D23" s="486" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="E23" s="486"/>
       <c r="F23" s="486"/>
       <c r="G23" s="486"/>
       <c r="H23" s="127" t="s">
         <v>71</v>
       </c>
       <c r="I23" s="55">
         <f t="shared" ref="I23:I29" si="0">IF(H23="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="J23" s="55"/>
       <c r="K23" s="55" t="s">
         <v>66</v>
       </c>
       <c r="L23" s="130" t="s">
         <v>71</v>
       </c>
       <c r="M23" s="55">
         <f t="shared" ref="M23:M29" si="1">IF(L23="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="N23" s="127" t="s">
         <v>71</v>
       </c>
@@ -18657,51 +18648,51 @@
       <c r="AM23" s="55">
         <f>IF(AL23="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AN23" s="55"/>
       <c r="AO23" s="55" t="s">
         <v>119</v>
       </c>
       <c r="AP23" s="130" t="s">
         <v>71</v>
       </c>
       <c r="AQ23" s="55">
         <f>IF(AP23="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR23" s="396"/>
       <c r="AT23" s="396"/>
     </row>
     <row r="24" spans="1:46" ht="54" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="527"/>
       <c r="B24" s="529"/>
       <c r="C24" s="175" t="s">
         <v>77</v>
       </c>
       <c r="D24" s="555" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="E24" s="555"/>
       <c r="F24" s="555"/>
       <c r="G24" s="555"/>
       <c r="H24" s="192" t="s">
         <v>71</v>
       </c>
       <c r="I24" s="164">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J24" s="164"/>
       <c r="K24" s="164" t="s">
         <v>66</v>
       </c>
       <c r="L24" s="219" t="s">
         <v>71</v>
       </c>
       <c r="M24" s="164">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="N24" s="192" t="s">
         <v>71</v>
       </c>
@@ -18973,87 +18964,87 @@
       </c>
       <c r="U26" s="55">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="V26" s="55"/>
       <c r="W26" s="55" t="s">
         <v>66</v>
       </c>
       <c r="X26" s="130" t="s">
         <v>71</v>
       </c>
       <c r="Y26" s="55">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Z26" s="129" t="s">
         <v>71</v>
       </c>
       <c r="AA26" s="55">
         <f>IF(Z26="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AB26" s="81"/>
       <c r="AC26" s="55" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="AD26" s="130" t="s">
         <v>71</v>
       </c>
       <c r="AE26" s="55">
         <f>IF(AD26="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AF26" s="127" t="s">
         <v>71</v>
       </c>
       <c r="AG26" s="55">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AH26" s="55"/>
       <c r="AI26" s="55" t="s">
         <v>66</v>
       </c>
       <c r="AJ26" s="130" t="s">
         <v>71</v>
       </c>
       <c r="AK26" s="55">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AL26" s="129" t="s">
         <v>71</v>
       </c>
       <c r="AM26" s="55">
         <f>IF(AL26="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AN26" s="81"/>
       <c r="AO26" s="55" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="AP26" s="130" t="s">
         <v>71</v>
       </c>
       <c r="AQ26" s="55">
         <f>IF(AP26="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR26" s="396"/>
       <c r="AT26" s="396"/>
     </row>
     <row r="27" spans="1:46" ht="24.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="527">
         <v>4</v>
       </c>
       <c r="B27" s="529" t="s">
         <v>102</v>
       </c>
       <c r="C27" s="68" t="s">
         <v>103</v>
       </c>
       <c r="D27" s="486" t="s">
         <v>104</v>
       </c>
       <c r="E27" s="486"/>
@@ -19155,51 +19146,51 @@
       <c r="AM27" s="55">
         <f t="shared" ref="AM27:AM29" si="10">IF(AL27="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AN27" s="55"/>
       <c r="AO27" s="55" t="s">
         <v>66</v>
       </c>
       <c r="AP27" s="130" t="s">
         <v>71</v>
       </c>
       <c r="AQ27" s="263">
         <f t="shared" ref="AQ27:AQ29" si="11">IF(AP27="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR27" s="395"/>
       <c r="AT27" s="395"/>
     </row>
     <row r="28" spans="1:46" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="527"/>
       <c r="B28" s="529"/>
       <c r="C28" s="68" t="s">
         <v>125</v>
       </c>
       <c r="D28" s="486" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="E28" s="486"/>
       <c r="F28" s="486"/>
       <c r="G28" s="486"/>
       <c r="H28" s="127" t="s">
         <v>71</v>
       </c>
       <c r="I28" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J28" s="55"/>
       <c r="K28" s="55" t="s">
         <v>66</v>
       </c>
       <c r="L28" s="130" t="s">
         <v>71</v>
       </c>
       <c r="M28" s="55">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="N28" s="127" t="s">
         <v>71</v>
       </c>
@@ -20136,51 +20127,51 @@
       </c>
       <c r="X40" s="142"/>
       <c r="Y40" s="264"/>
       <c r="Z40" s="132" t="s">
         <v>71</v>
       </c>
       <c r="AA40" s="120"/>
       <c r="AB40" s="77">
         <f>IF(Z40="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AC40" s="77" t="s">
         <v>61</v>
       </c>
       <c r="AD40" s="142"/>
       <c r="AE40" s="77"/>
       <c r="AF40" s="244" t="s">
         <v>71</v>
       </c>
       <c r="AG40" s="77">
         <f>IF(AF40="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AH40" s="77"/>
       <c r="AI40" s="77" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="AJ40" s="141" t="s">
         <v>71</v>
       </c>
       <c r="AK40" s="77">
         <f>IF(AJ40="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AL40" s="132" t="s">
         <v>71</v>
       </c>
       <c r="AM40" s="120"/>
       <c r="AN40" s="77">
         <f>IF(AL40="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO40" s="77" t="s">
         <v>61</v>
       </c>
       <c r="AP40" s="142"/>
       <c r="AQ40" s="77"/>
       <c r="AR40" s="471"/>
       <c r="AT40" s="471"/>
     </row>
     <row r="41" spans="1:48" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
@@ -20222,55 +20213,55 @@
       </c>
       <c r="AG41" s="117"/>
       <c r="AH41" s="117">
         <f>IF(AF41="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AI41" s="117" t="s">
         <v>61</v>
       </c>
       <c r="AJ41" s="91"/>
       <c r="AK41" s="117"/>
       <c r="AL41" s="614"/>
       <c r="AM41" s="615"/>
       <c r="AN41" s="615"/>
       <c r="AO41" s="615"/>
       <c r="AP41" s="616"/>
       <c r="AQ41" s="117"/>
       <c r="AR41" s="396"/>
       <c r="AT41" s="396"/>
     </row>
     <row r="42" spans="1:48" s="158" customFormat="1" ht="54.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="176">
         <v>8</v>
       </c>
       <c r="B42" s="177" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="C42" s="175"/>
       <c r="D42" s="544" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="E42" s="545"/>
       <c r="F42" s="545"/>
       <c r="G42" s="546"/>
       <c r="H42" s="301"/>
       <c r="I42" s="302"/>
       <c r="J42" s="302"/>
       <c r="K42" s="302"/>
       <c r="L42" s="303"/>
       <c r="M42" s="302"/>
       <c r="N42" s="304"/>
       <c r="O42" s="305"/>
       <c r="P42" s="302"/>
       <c r="Q42" s="302"/>
       <c r="R42" s="303"/>
       <c r="S42" s="179"/>
       <c r="T42" s="178" t="s">
         <v>71</v>
       </c>
       <c r="U42" s="179"/>
       <c r="V42" s="179">
         <f>IF(T42="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W42" s="179" t="s">
@@ -20415,51 +20406,51 @@
       <c r="J44" s="284"/>
       <c r="K44" s="596">
         <f>SUM(J5:J42)</f>
         <v>0</v>
       </c>
       <c r="L44" s="597"/>
       <c r="M44" s="306"/>
       <c r="N44" s="283" t="s">
         <v>61</v>
       </c>
       <c r="O44" s="284"/>
       <c r="P44" s="284"/>
       <c r="Q44" s="605">
         <f>SUM(P5:P42)</f>
         <v>0</v>
       </c>
       <c r="R44" s="606"/>
       <c r="S44" s="62"/>
       <c r="T44" s="54" t="s">
         <v>61</v>
       </c>
       <c r="U44" s="55"/>
       <c r="V44" s="55"/>
       <c r="W44" s="607">
         <f>SUM(V5:V42)</f>
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X44" s="608"/>
       <c r="Y44" s="121"/>
       <c r="Z44" s="54" t="s">
         <v>61</v>
       </c>
       <c r="AA44" s="55"/>
       <c r="AB44" s="55"/>
       <c r="AC44" s="609">
         <f>SUM(AB5:AB42)</f>
         <v>0</v>
       </c>
       <c r="AD44" s="610"/>
       <c r="AE44" s="62"/>
       <c r="AF44" s="54" t="s">
         <v>61</v>
       </c>
       <c r="AG44" s="55"/>
       <c r="AH44" s="55"/>
       <c r="AI44" s="607">
         <f>SUM(AH5:AH42)</f>
         <v>0</v>
       </c>
       <c r="AJ44" s="608"/>
       <c r="AK44" s="121"/>
@@ -20519,79 +20510,79 @@
         <f>SUM(AE5:AE42)</f>
         <v>0</v>
       </c>
       <c r="AF45" s="595" t="s">
         <v>118</v>
       </c>
       <c r="AG45" s="595"/>
       <c r="AH45" s="595"/>
       <c r="AI45" s="595"/>
       <c r="AJ45" s="63">
         <f>SUM(AK5:AK42)</f>
         <v>0</v>
       </c>
       <c r="AK45" s="63"/>
       <c r="AL45" s="52"/>
       <c r="AM45" s="52"/>
       <c r="AN45" s="52"/>
       <c r="AO45" s="63"/>
       <c r="AP45" s="63">
         <f>SUM(AQ5:AQ42)</f>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:48" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="46" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B46" s="46"/>
       <c r="C46" s="2"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="46"/>
       <c r="I46" s="2"/>
       <c r="J46" s="2"/>
       <c r="K46" s="2"/>
       <c r="L46" s="2"/>
       <c r="M46" s="2"/>
       <c r="N46" s="46"/>
       <c r="O46" s="2"/>
       <c r="P46" s="2"/>
       <c r="Q46" s="2"/>
       <c r="R46" s="2"/>
       <c r="S46" s="2"/>
       <c r="T46" s="46"/>
       <c r="U46" s="2"/>
       <c r="V46" s="2"/>
       <c r="W46" s="2"/>
       <c r="X46" s="2"/>
     </row>
     <row r="47" spans="1:48" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="46" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="46"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
       <c r="K47" s="2"/>
       <c r="L47" s="2"/>
       <c r="M47" s="2"/>
       <c r="N47" s="46"/>
       <c r="O47" s="2"/>
       <c r="P47" s="2"/>
       <c r="Q47" s="2"/>
       <c r="R47" s="2"/>
       <c r="S47" s="2"/>
       <c r="T47" s="46"/>
       <c r="U47" s="2"/>
       <c r="V47" s="2"/>
       <c r="W47" s="2"/>
       <c r="X47" s="2"/>
     </row>
@@ -20914,99 +20905,99 @@
     <col min="44" max="44" width="34" style="401" customWidth="1"/>
     <col min="45" max="45" width="0" style="49" hidden="1" customWidth="1"/>
     <col min="46" max="46" width="13.21875" style="49" customWidth="1"/>
     <col min="47" max="50" width="15.21875" style="49" customWidth="1"/>
     <col min="51" max="16384" width="9" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:46" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="44" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="2" spans="1:46" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="488" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="490"/>
       <c r="C2" s="488" t="s">
         <v>33</v>
       </c>
       <c r="D2" s="489"/>
       <c r="E2" s="489"/>
       <c r="F2" s="489"/>
       <c r="G2" s="489"/>
       <c r="H2" s="523" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="I2" s="524"/>
       <c r="J2" s="524"/>
       <c r="K2" s="524"/>
       <c r="L2" s="524"/>
       <c r="M2" s="524"/>
       <c r="N2" s="524"/>
       <c r="O2" s="524"/>
       <c r="P2" s="524"/>
       <c r="Q2" s="524"/>
       <c r="R2" s="524"/>
       <c r="S2" s="525"/>
       <c r="T2" s="523" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="U2" s="524"/>
       <c r="V2" s="524"/>
       <c r="W2" s="524"/>
       <c r="X2" s="524"/>
       <c r="Y2" s="524"/>
       <c r="Z2" s="524"/>
       <c r="AA2" s="524"/>
       <c r="AB2" s="524"/>
       <c r="AC2" s="524"/>
       <c r="AD2" s="524"/>
       <c r="AE2" s="525"/>
       <c r="AF2" s="523" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="AG2" s="524"/>
       <c r="AH2" s="524"/>
       <c r="AI2" s="524"/>
       <c r="AJ2" s="524"/>
       <c r="AK2" s="524"/>
       <c r="AL2" s="524"/>
       <c r="AM2" s="524"/>
       <c r="AN2" s="524"/>
       <c r="AO2" s="524"/>
       <c r="AP2" s="524"/>
       <c r="AQ2" s="524"/>
       <c r="AR2" s="468" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="AS2" s="423" t="s">
         <v>64</v>
       </c>
       <c r="AT2" s="468" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
     </row>
     <row r="3" spans="1:46" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="537"/>
       <c r="B3" s="539"/>
       <c r="C3" s="537"/>
       <c r="D3" s="538"/>
       <c r="E3" s="538"/>
       <c r="F3" s="538"/>
       <c r="G3" s="538"/>
       <c r="H3" s="488" t="s">
         <v>34</v>
       </c>
       <c r="I3" s="489"/>
       <c r="J3" s="489"/>
       <c r="K3" s="489"/>
       <c r="L3" s="489"/>
       <c r="M3" s="525"/>
       <c r="N3" s="491" t="s">
         <v>35</v>
       </c>
       <c r="O3" s="492"/>
       <c r="P3" s="492"/>
       <c r="Q3" s="492"/>
       <c r="R3" s="492"/>
@@ -21185,51 +21176,51 @@
       </c>
       <c r="AL5" s="570" t="s">
         <v>71</v>
       </c>
       <c r="AM5" s="573"/>
       <c r="AN5" s="573">
         <f>IF(AL5="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO5" s="564" t="s">
         <v>61</v>
       </c>
       <c r="AP5" s="631"/>
       <c r="AQ5" s="585"/>
       <c r="AR5" s="471"/>
       <c r="AS5" s="423"/>
       <c r="AT5" s="471"/>
     </row>
     <row r="6" spans="1:46" ht="39.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="527"/>
       <c r="B6" s="529"/>
       <c r="C6" s="73" t="s">
         <v>124</v>
       </c>
       <c r="D6" s="554" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="E6" s="554"/>
       <c r="F6" s="554"/>
       <c r="G6" s="554"/>
       <c r="H6" s="581"/>
       <c r="I6" s="578"/>
       <c r="J6" s="578"/>
       <c r="K6" s="562"/>
       <c r="L6" s="624"/>
       <c r="M6" s="582"/>
       <c r="N6" s="581"/>
       <c r="O6" s="578"/>
       <c r="P6" s="578"/>
       <c r="Q6" s="562"/>
       <c r="R6" s="624"/>
       <c r="S6" s="474"/>
       <c r="T6" s="572"/>
       <c r="U6" s="575"/>
       <c r="V6" s="575"/>
       <c r="W6" s="566"/>
       <c r="X6" s="632"/>
       <c r="Y6" s="474"/>
       <c r="Z6" s="572"/>
       <c r="AA6" s="575"/>
       <c r="AB6" s="575"/>
@@ -21315,51 +21306,51 @@
       </c>
       <c r="AJ7" s="714"/>
       <c r="AK7" s="472"/>
       <c r="AL7" s="531" t="s">
         <v>71</v>
       </c>
       <c r="AM7" s="564"/>
       <c r="AN7" s="564">
         <f>IF(AL7="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO7" s="564" t="s">
         <v>61</v>
       </c>
       <c r="AP7" s="631"/>
       <c r="AQ7" s="585"/>
       <c r="AR7" s="471"/>
       <c r="AS7" s="423"/>
       <c r="AT7" s="471"/>
     </row>
     <row r="8" spans="1:46" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="527"/>
       <c r="B8" s="529"/>
       <c r="C8" s="74"/>
       <c r="D8" s="480" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="E8" s="480"/>
       <c r="F8" s="480"/>
       <c r="G8" s="480"/>
       <c r="H8" s="560"/>
       <c r="I8" s="534"/>
       <c r="J8" s="534"/>
       <c r="K8" s="691"/>
       <c r="L8" s="690"/>
       <c r="M8" s="536"/>
       <c r="N8" s="560"/>
       <c r="O8" s="534"/>
       <c r="P8" s="534"/>
       <c r="Q8" s="534"/>
       <c r="R8" s="623"/>
       <c r="S8" s="473"/>
       <c r="T8" s="532"/>
       <c r="U8" s="565"/>
       <c r="V8" s="565"/>
       <c r="W8" s="713"/>
       <c r="X8" s="715"/>
       <c r="Y8" s="473"/>
       <c r="Z8" s="532"/>
       <c r="AA8" s="565"/>
       <c r="AB8" s="565"/>
@@ -21755,51 +21746,51 @@
       </c>
       <c r="AJ14" s="688"/>
       <c r="AK14" s="629"/>
       <c r="AL14" s="635" t="s">
         <v>71</v>
       </c>
       <c r="AM14" s="633"/>
       <c r="AN14" s="633">
         <f>IF(AL14="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO14" s="633" t="s">
         <v>61</v>
       </c>
       <c r="AP14" s="688"/>
       <c r="AQ14" s="723"/>
       <c r="AR14" s="617"/>
       <c r="AS14" s="424"/>
       <c r="AT14" s="617"/>
     </row>
     <row r="15" spans="1:46" s="158" customFormat="1" ht="39.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="527"/>
       <c r="B15" s="529"/>
       <c r="C15" s="156"/>
       <c r="D15" s="554" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E15" s="554"/>
       <c r="F15" s="554"/>
       <c r="G15" s="554"/>
       <c r="H15" s="620"/>
       <c r="I15" s="626"/>
       <c r="J15" s="626"/>
       <c r="K15" s="626"/>
       <c r="L15" s="682"/>
       <c r="M15" s="628"/>
       <c r="N15" s="620"/>
       <c r="O15" s="626"/>
       <c r="P15" s="626"/>
       <c r="Q15" s="626"/>
       <c r="R15" s="682"/>
       <c r="S15" s="630"/>
       <c r="T15" s="636"/>
       <c r="U15" s="634"/>
       <c r="V15" s="634"/>
       <c r="W15" s="634"/>
       <c r="X15" s="689"/>
       <c r="Y15" s="630"/>
       <c r="Z15" s="636"/>
       <c r="AA15" s="634"/>
       <c r="AB15" s="634"/>
@@ -21891,51 +21882,51 @@
       <c r="AK16" s="472"/>
       <c r="AL16" s="531" t="s">
         <v>71</v>
       </c>
       <c r="AM16" s="564"/>
       <c r="AN16" s="564">
         <f>IF(AL16="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO16" s="564" t="s">
         <v>61</v>
       </c>
       <c r="AP16" s="631"/>
       <c r="AQ16" s="585"/>
       <c r="AR16" s="617"/>
       <c r="AS16" s="423"/>
       <c r="AT16" s="617"/>
     </row>
     <row r="17" spans="1:46" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="472"/>
       <c r="B17" s="475"/>
       <c r="C17" s="74" t="s">
         <v>124</v>
       </c>
       <c r="D17" s="484" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="E17" s="484"/>
       <c r="F17" s="484"/>
       <c r="G17" s="484"/>
       <c r="H17" s="560"/>
       <c r="I17" s="534"/>
       <c r="J17" s="534"/>
       <c r="K17" s="691"/>
       <c r="L17" s="690"/>
       <c r="M17" s="536"/>
       <c r="N17" s="560"/>
       <c r="O17" s="534"/>
       <c r="P17" s="534"/>
       <c r="Q17" s="534"/>
       <c r="R17" s="623"/>
       <c r="S17" s="473"/>
       <c r="T17" s="532"/>
       <c r="U17" s="565"/>
       <c r="V17" s="565"/>
       <c r="W17" s="713"/>
       <c r="X17" s="715"/>
       <c r="Y17" s="473"/>
       <c r="Z17" s="532"/>
       <c r="AA17" s="565"/>
       <c r="AB17" s="565"/>
@@ -21943,51 +21934,51 @@
       <c r="AD17" s="653"/>
       <c r="AE17" s="473"/>
       <c r="AF17" s="532"/>
       <c r="AG17" s="565"/>
       <c r="AH17" s="565"/>
       <c r="AI17" s="713"/>
       <c r="AJ17" s="715"/>
       <c r="AK17" s="473"/>
       <c r="AL17" s="532"/>
       <c r="AM17" s="565"/>
       <c r="AN17" s="565"/>
       <c r="AO17" s="565"/>
       <c r="AP17" s="653"/>
       <c r="AQ17" s="586"/>
       <c r="AR17" s="617"/>
       <c r="AS17" s="423"/>
       <c r="AT17" s="617"/>
     </row>
     <row r="18" spans="1:46" s="158" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="472"/>
       <c r="B18" s="475"/>
       <c r="C18" s="183" t="s">
         <v>124</v>
       </c>
       <c r="D18" s="480" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="E18" s="480"/>
       <c r="F18" s="480"/>
       <c r="G18" s="480"/>
       <c r="H18" s="317"/>
       <c r="I18" s="318"/>
       <c r="J18" s="318"/>
       <c r="K18" s="318"/>
       <c r="L18" s="320"/>
       <c r="M18" s="318"/>
       <c r="N18" s="343"/>
       <c r="O18" s="344"/>
       <c r="P18" s="318"/>
       <c r="Q18" s="318"/>
       <c r="R18" s="320"/>
       <c r="S18" s="171"/>
       <c r="T18" s="253" t="s">
         <v>71</v>
       </c>
       <c r="U18" s="171"/>
       <c r="V18" s="171">
         <f t="shared" ref="V18:V19" si="0">IF(T18="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W18" s="171" t="s">
@@ -22023,51 +22014,51 @@
       <c r="AK18" s="171"/>
       <c r="AL18" s="254" t="s">
         <v>71</v>
       </c>
       <c r="AM18" s="259"/>
       <c r="AN18" s="171">
         <f t="shared" ref="AN18:AN19" si="3">IF(AL18="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO18" s="171" t="s">
         <v>61</v>
       </c>
       <c r="AP18" s="184"/>
       <c r="AQ18" s="171"/>
       <c r="AR18" s="617"/>
       <c r="AS18" s="424"/>
       <c r="AT18" s="617"/>
     </row>
     <row r="19" spans="1:46" s="158" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="527"/>
       <c r="B19" s="529"/>
       <c r="C19" s="185" t="s">
         <v>124</v>
       </c>
       <c r="D19" s="554" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="E19" s="554"/>
       <c r="F19" s="554"/>
       <c r="G19" s="554"/>
       <c r="H19" s="312"/>
       <c r="I19" s="314"/>
       <c r="J19" s="314"/>
       <c r="K19" s="314"/>
       <c r="L19" s="345"/>
       <c r="M19" s="314"/>
       <c r="N19" s="346"/>
       <c r="O19" s="347"/>
       <c r="P19" s="314"/>
       <c r="Q19" s="314"/>
       <c r="R19" s="345"/>
       <c r="S19" s="172"/>
       <c r="T19" s="250" t="s">
         <v>71</v>
       </c>
       <c r="U19" s="172"/>
       <c r="V19" s="172">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="W19" s="172" t="s">
@@ -22311,51 +22302,51 @@
       </c>
       <c r="AJ22" s="631"/>
       <c r="AK22" s="472"/>
       <c r="AL22" s="531" t="s">
         <v>71</v>
       </c>
       <c r="AM22" s="564"/>
       <c r="AN22" s="564">
         <f>IF(AL22="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO22" s="564" t="s">
         <v>61</v>
       </c>
       <c r="AP22" s="631"/>
       <c r="AQ22" s="585"/>
       <c r="AR22" s="471"/>
       <c r="AS22" s="423"/>
       <c r="AT22" s="471"/>
     </row>
     <row r="23" spans="1:46" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="527"/>
       <c r="B23" s="529"/>
       <c r="C23" s="56"/>
       <c r="D23" s="554" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="E23" s="554"/>
       <c r="F23" s="554"/>
       <c r="G23" s="554"/>
       <c r="H23" s="561"/>
       <c r="I23" s="562"/>
       <c r="J23" s="562"/>
       <c r="K23" s="562"/>
       <c r="L23" s="624"/>
       <c r="M23" s="582"/>
       <c r="N23" s="561"/>
       <c r="O23" s="562"/>
       <c r="P23" s="562"/>
       <c r="Q23" s="562"/>
       <c r="R23" s="624"/>
       <c r="S23" s="474"/>
       <c r="T23" s="563"/>
       <c r="U23" s="566"/>
       <c r="V23" s="566"/>
       <c r="W23" s="566"/>
       <c r="X23" s="632"/>
       <c r="Y23" s="474"/>
       <c r="Z23" s="563"/>
       <c r="AA23" s="566"/>
       <c r="AB23" s="566"/>
@@ -22856,51 +22847,51 @@
       <c r="AD30" s="632"/>
       <c r="AE30" s="474"/>
       <c r="AF30" s="563"/>
       <c r="AG30" s="566"/>
       <c r="AH30" s="566"/>
       <c r="AI30" s="634"/>
       <c r="AJ30" s="716"/>
       <c r="AK30" s="474"/>
       <c r="AL30" s="563"/>
       <c r="AM30" s="566"/>
       <c r="AN30" s="566"/>
       <c r="AO30" s="566"/>
       <c r="AP30" s="632"/>
       <c r="AQ30" s="587"/>
       <c r="AR30" s="471"/>
       <c r="AS30" s="423"/>
       <c r="AT30" s="471"/>
     </row>
     <row r="31" spans="1:46" s="146" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="473"/>
       <c r="B31" s="476"/>
       <c r="C31" s="155" t="s">
         <v>368</v>
       </c>
       <c r="D31" s="621" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="E31" s="621"/>
       <c r="F31" s="621"/>
       <c r="G31" s="621"/>
       <c r="H31" s="619"/>
       <c r="I31" s="625"/>
       <c r="J31" s="625"/>
       <c r="K31" s="625"/>
       <c r="L31" s="654"/>
       <c r="M31" s="627"/>
       <c r="N31" s="619"/>
       <c r="O31" s="625"/>
       <c r="P31" s="625"/>
       <c r="Q31" s="625"/>
       <c r="R31" s="681"/>
       <c r="S31" s="629"/>
       <c r="T31" s="635" t="s">
         <v>71</v>
       </c>
       <c r="U31" s="633"/>
       <c r="V31" s="633">
         <f>IF(T31="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W31" s="633" t="s">
@@ -22934,51 +22925,51 @@
       </c>
       <c r="AJ31" s="669"/>
       <c r="AK31" s="629"/>
       <c r="AL31" s="635" t="s">
         <v>71</v>
       </c>
       <c r="AM31" s="633"/>
       <c r="AN31" s="633">
         <f>IF(AL31="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO31" s="633" t="s">
         <v>61</v>
       </c>
       <c r="AP31" s="688"/>
       <c r="AQ31" s="723"/>
       <c r="AR31" s="471"/>
       <c r="AS31" s="425"/>
       <c r="AT31" s="471"/>
     </row>
     <row r="32" spans="1:46" s="146" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="473"/>
       <c r="B32" s="476"/>
       <c r="C32" s="156"/>
       <c r="D32" s="554" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="E32" s="554"/>
       <c r="F32" s="554"/>
       <c r="G32" s="554"/>
       <c r="H32" s="620"/>
       <c r="I32" s="626"/>
       <c r="J32" s="626"/>
       <c r="K32" s="626"/>
       <c r="L32" s="655"/>
       <c r="M32" s="628"/>
       <c r="N32" s="620"/>
       <c r="O32" s="626"/>
       <c r="P32" s="626"/>
       <c r="Q32" s="626"/>
       <c r="R32" s="682"/>
       <c r="S32" s="630"/>
       <c r="T32" s="636"/>
       <c r="U32" s="634"/>
       <c r="V32" s="634"/>
       <c r="W32" s="634"/>
       <c r="X32" s="670"/>
       <c r="Y32" s="630"/>
       <c r="Z32" s="636"/>
       <c r="AA32" s="634"/>
       <c r="AB32" s="634"/>
@@ -24486,51 +24477,51 @@
       <c r="AB54" s="713"/>
       <c r="AC54" s="720"/>
       <c r="AD54" s="722"/>
       <c r="AE54" s="649"/>
       <c r="AF54" s="712"/>
       <c r="AG54" s="565"/>
       <c r="AH54" s="565"/>
       <c r="AI54" s="720"/>
       <c r="AJ54" s="653"/>
       <c r="AK54" s="649"/>
       <c r="AL54" s="721"/>
       <c r="AM54" s="713"/>
       <c r="AN54" s="713"/>
       <c r="AO54" s="720"/>
       <c r="AP54" s="722"/>
       <c r="AQ54" s="725"/>
       <c r="AR54" s="471"/>
       <c r="AS54" s="423"/>
       <c r="AT54" s="471"/>
     </row>
     <row r="55" spans="1:46" s="158" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="527"/>
       <c r="B55" s="529"/>
       <c r="C55" s="156"/>
       <c r="D55" s="554" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="E55" s="554"/>
       <c r="F55" s="554"/>
       <c r="G55" s="554"/>
       <c r="H55" s="312"/>
       <c r="I55" s="313"/>
       <c r="J55" s="314"/>
       <c r="K55" s="314"/>
       <c r="L55" s="315"/>
       <c r="M55" s="316"/>
       <c r="N55" s="312"/>
       <c r="O55" s="313"/>
       <c r="P55" s="314"/>
       <c r="Q55" s="314"/>
       <c r="R55" s="315"/>
       <c r="S55" s="188"/>
       <c r="T55" s="250" t="s">
         <v>71</v>
       </c>
       <c r="U55" s="255"/>
       <c r="V55" s="172">
         <f>IF(T55="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W55" s="172" t="s">
@@ -24868,51 +24859,51 @@
       </c>
       <c r="AM59" s="147">
         <f>IF(AL59="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AN59" s="154"/>
       <c r="AO59" s="151" t="s">
         <v>66</v>
       </c>
       <c r="AP59" s="141" t="s">
         <v>71</v>
       </c>
       <c r="AQ59" s="399">
         <f>IF(AP59="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR59" s="471"/>
       <c r="AS59" s="423"/>
       <c r="AT59" s="471"/>
     </row>
     <row r="60" spans="1:46" s="158" customFormat="1" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="527"/>
       <c r="B60" s="529"/>
       <c r="C60" s="156"/>
       <c r="D60" s="554" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="E60" s="554"/>
       <c r="F60" s="554"/>
       <c r="G60" s="554"/>
       <c r="H60" s="312"/>
       <c r="I60" s="313"/>
       <c r="J60" s="314"/>
       <c r="K60" s="314"/>
       <c r="L60" s="315"/>
       <c r="M60" s="316"/>
       <c r="N60" s="312"/>
       <c r="O60" s="313"/>
       <c r="P60" s="314"/>
       <c r="Q60" s="314"/>
       <c r="R60" s="315"/>
       <c r="S60" s="188"/>
       <c r="T60" s="250" t="s">
         <v>71</v>
       </c>
       <c r="U60" s="255"/>
       <c r="V60" s="172">
         <f>IF(T60="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W60" s="172" t="s">
@@ -25273,101 +25264,101 @@
       <c r="AB65" s="637"/>
       <c r="AC65" s="639"/>
       <c r="AD65" s="647"/>
       <c r="AE65" s="629"/>
       <c r="AF65" s="645"/>
       <c r="AG65" s="637"/>
       <c r="AH65" s="637"/>
       <c r="AI65" s="639"/>
       <c r="AJ65" s="641"/>
       <c r="AK65" s="643"/>
       <c r="AL65" s="645"/>
       <c r="AM65" s="637"/>
       <c r="AN65" s="637"/>
       <c r="AO65" s="639"/>
       <c r="AP65" s="647"/>
       <c r="AQ65" s="723"/>
       <c r="AR65" s="617"/>
       <c r="AS65" s="424"/>
       <c r="AT65" s="617"/>
     </row>
     <row r="66" spans="1:50" s="158" customFormat="1" ht="195.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="527"/>
       <c r="B66" s="529"/>
       <c r="C66" s="183"/>
       <c r="D66" s="480" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="E66" s="480"/>
       <c r="F66" s="480"/>
       <c r="G66" s="480"/>
       <c r="H66" s="666"/>
       <c r="I66" s="662"/>
       <c r="J66" s="662"/>
       <c r="K66" s="657"/>
       <c r="L66" s="674"/>
       <c r="M66" s="676"/>
       <c r="N66" s="666"/>
       <c r="O66" s="662"/>
       <c r="P66" s="662"/>
       <c r="Q66" s="657"/>
       <c r="R66" s="664"/>
       <c r="S66" s="649"/>
       <c r="T66" s="646"/>
       <c r="U66" s="638"/>
       <c r="V66" s="638"/>
       <c r="W66" s="640"/>
       <c r="X66" s="642"/>
       <c r="Y66" s="644"/>
       <c r="Z66" s="646"/>
       <c r="AA66" s="638"/>
       <c r="AB66" s="638"/>
       <c r="AC66" s="640"/>
       <c r="AD66" s="648"/>
       <c r="AE66" s="649"/>
       <c r="AF66" s="646"/>
       <c r="AG66" s="638"/>
       <c r="AH66" s="638"/>
       <c r="AI66" s="640"/>
       <c r="AJ66" s="642"/>
       <c r="AK66" s="644"/>
       <c r="AL66" s="646"/>
       <c r="AM66" s="638"/>
       <c r="AN66" s="638"/>
       <c r="AO66" s="640"/>
       <c r="AP66" s="648"/>
       <c r="AQ66" s="725"/>
       <c r="AR66" s="617"/>
       <c r="AS66" s="424"/>
       <c r="AT66" s="617"/>
     </row>
     <row r="67" spans="1:50" s="158" customFormat="1" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="527"/>
       <c r="B67" s="529"/>
       <c r="C67" s="183"/>
       <c r="D67" s="480" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="E67" s="480"/>
       <c r="F67" s="480"/>
       <c r="G67" s="481"/>
       <c r="H67" s="317"/>
       <c r="I67" s="318"/>
       <c r="J67" s="318"/>
       <c r="K67" s="319"/>
       <c r="L67" s="320"/>
       <c r="M67" s="321"/>
       <c r="N67" s="317"/>
       <c r="O67" s="318"/>
       <c r="P67" s="318"/>
       <c r="Q67" s="319"/>
       <c r="R67" s="320"/>
       <c r="S67" s="170"/>
       <c r="T67" s="253" t="s">
         <v>71</v>
       </c>
       <c r="U67" s="171"/>
       <c r="V67" s="171">
         <f>IF(T67="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W67" s="257" t="s">
@@ -25406,51 +25397,51 @@
         <f>IF(AJ67="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AL67" s="253" t="s">
         <v>71</v>
       </c>
       <c r="AM67" s="171"/>
       <c r="AN67" s="171">
         <f>IF(AL67="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO67" s="257" t="s">
         <v>62</v>
       </c>
       <c r="AP67" s="184"/>
       <c r="AQ67" s="400"/>
       <c r="AR67" s="617"/>
       <c r="AS67" s="424"/>
       <c r="AT67" s="617"/>
     </row>
     <row r="68" spans="1:50" s="158" customFormat="1" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="527"/>
       <c r="B68" s="529"/>
       <c r="C68" s="185"/>
       <c r="D68" s="554" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="E68" s="554"/>
       <c r="F68" s="554"/>
       <c r="G68" s="554"/>
       <c r="H68" s="317"/>
       <c r="I68" s="318"/>
       <c r="J68" s="318"/>
       <c r="K68" s="319"/>
       <c r="L68" s="322"/>
       <c r="M68" s="321"/>
       <c r="N68" s="317"/>
       <c r="O68" s="318"/>
       <c r="P68" s="318"/>
       <c r="Q68" s="319"/>
       <c r="R68" s="320"/>
       <c r="S68" s="170"/>
       <c r="T68" s="253" t="s">
         <v>71</v>
       </c>
       <c r="U68" s="171"/>
       <c r="V68" s="171">
         <f>IF(T68="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W68" s="257" t="s">
@@ -25569,51 +25560,51 @@
         <f>IF(AJ69="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AL69" s="570" t="s">
         <v>71</v>
       </c>
       <c r="AM69" s="573"/>
       <c r="AN69" s="564">
         <f>IF(AL69="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO69" s="650" t="s">
         <v>61</v>
       </c>
       <c r="AP69" s="631"/>
       <c r="AQ69" s="585"/>
       <c r="AR69" s="471"/>
       <c r="AS69" s="423"/>
       <c r="AT69" s="471"/>
     </row>
     <row r="70" spans="1:50" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="527"/>
       <c r="B70" s="529"/>
       <c r="C70" s="74"/>
       <c r="D70" s="480" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="E70" s="480"/>
       <c r="F70" s="480"/>
       <c r="G70" s="480"/>
       <c r="H70" s="580"/>
       <c r="I70" s="577"/>
       <c r="J70" s="534"/>
       <c r="K70" s="659"/>
       <c r="L70" s="623"/>
       <c r="M70" s="536"/>
       <c r="N70" s="580"/>
       <c r="O70" s="577"/>
       <c r="P70" s="534"/>
       <c r="Q70" s="659"/>
       <c r="R70" s="623"/>
       <c r="S70" s="473"/>
       <c r="T70" s="571"/>
       <c r="U70" s="574"/>
       <c r="V70" s="565"/>
       <c r="W70" s="651"/>
       <c r="X70" s="653"/>
       <c r="Y70" s="473"/>
       <c r="Z70" s="571"/>
       <c r="AA70" s="574"/>
       <c r="AB70" s="565"/>
@@ -25758,51 +25749,51 @@
         <f>IF(AJ72="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AL72" s="531" t="s">
         <v>71</v>
       </c>
       <c r="AM72" s="564"/>
       <c r="AN72" s="564">
         <f>IF(AL72="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO72" s="564" t="s">
         <v>61</v>
       </c>
       <c r="AP72" s="631"/>
       <c r="AQ72" s="585"/>
       <c r="AR72" s="471"/>
       <c r="AS72" s="423"/>
       <c r="AT72" s="618"/>
     </row>
     <row r="73" spans="1:50" ht="28.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="527"/>
       <c r="B73" s="529"/>
       <c r="C73" s="73"/>
       <c r="D73" s="554" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="E73" s="554"/>
       <c r="F73" s="554"/>
       <c r="G73" s="554"/>
       <c r="H73" s="561"/>
       <c r="I73" s="562"/>
       <c r="J73" s="562"/>
       <c r="K73" s="562"/>
       <c r="L73" s="624"/>
       <c r="M73" s="582"/>
       <c r="N73" s="561"/>
       <c r="O73" s="562"/>
       <c r="P73" s="562"/>
       <c r="Q73" s="562"/>
       <c r="R73" s="624"/>
       <c r="S73" s="474"/>
       <c r="T73" s="563"/>
       <c r="U73" s="566"/>
       <c r="V73" s="566"/>
       <c r="W73" s="566"/>
       <c r="X73" s="632"/>
       <c r="Y73" s="474"/>
       <c r="Z73" s="563"/>
       <c r="AA73" s="566"/>
       <c r="AB73" s="566"/>
@@ -26028,51 +26019,51 @@
         <f t="shared" ref="AK76" si="18">IF(AJ76="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AL76" s="531" t="s">
         <v>71</v>
       </c>
       <c r="AM76" s="564"/>
       <c r="AN76" s="564">
         <f>IF(AL76="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO76" s="564" t="s">
         <v>61</v>
       </c>
       <c r="AP76" s="631"/>
       <c r="AQ76" s="585"/>
       <c r="AR76" s="471"/>
       <c r="AS76" s="423"/>
       <c r="AT76" s="471"/>
     </row>
     <row r="77" spans="1:50" ht="42" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="527"/>
       <c r="B77" s="529"/>
       <c r="C77" s="73"/>
       <c r="D77" s="554" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="E77" s="554"/>
       <c r="F77" s="554"/>
       <c r="G77" s="554"/>
       <c r="H77" s="561"/>
       <c r="I77" s="562"/>
       <c r="J77" s="562"/>
       <c r="K77" s="562"/>
       <c r="L77" s="624"/>
       <c r="M77" s="582"/>
       <c r="N77" s="561"/>
       <c r="O77" s="562"/>
       <c r="P77" s="562"/>
       <c r="Q77" s="562"/>
       <c r="R77" s="624"/>
       <c r="S77" s="474"/>
       <c r="T77" s="563"/>
       <c r="U77" s="566"/>
       <c r="V77" s="566"/>
       <c r="W77" s="566"/>
       <c r="X77" s="632"/>
       <c r="Y77" s="474"/>
       <c r="Z77" s="563"/>
       <c r="AA77" s="566"/>
       <c r="AB77" s="566"/>
@@ -26736,51 +26727,51 @@
       </c>
       <c r="AJ87" s="631"/>
       <c r="AK87" s="629"/>
       <c r="AL87" s="635" t="s">
         <v>71</v>
       </c>
       <c r="AM87" s="564"/>
       <c r="AN87" s="564">
         <f t="shared" ref="AN87" si="26">IF(AL87="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO87" s="633" t="s">
         <v>61</v>
       </c>
       <c r="AP87" s="631"/>
       <c r="AQ87" s="723"/>
       <c r="AR87" s="471"/>
       <c r="AS87" s="425"/>
       <c r="AT87" s="471"/>
     </row>
     <row r="88" spans="1:46" s="146" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="473"/>
       <c r="B88" s="476"/>
       <c r="C88" s="156"/>
       <c r="D88" s="554" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="E88" s="554"/>
       <c r="F88" s="554"/>
       <c r="G88" s="554"/>
       <c r="H88" s="620"/>
       <c r="I88" s="562"/>
       <c r="J88" s="562"/>
       <c r="K88" s="626"/>
       <c r="L88" s="624"/>
       <c r="M88" s="628"/>
       <c r="N88" s="620"/>
       <c r="O88" s="562"/>
       <c r="P88" s="562"/>
       <c r="Q88" s="626"/>
       <c r="R88" s="624"/>
       <c r="S88" s="630"/>
       <c r="T88" s="636"/>
       <c r="U88" s="566"/>
       <c r="V88" s="566"/>
       <c r="W88" s="634"/>
       <c r="X88" s="632"/>
       <c r="Y88" s="630"/>
       <c r="Z88" s="636"/>
       <c r="AA88" s="566"/>
       <c r="AB88" s="566"/>
@@ -28542,55 +28533,55 @@
       <c r="AB116" s="566"/>
       <c r="AC116" s="566"/>
       <c r="AD116" s="632"/>
       <c r="AE116" s="474"/>
       <c r="AF116" s="563"/>
       <c r="AG116" s="566"/>
       <c r="AH116" s="566"/>
       <c r="AI116" s="634"/>
       <c r="AJ116" s="632"/>
       <c r="AK116" s="474"/>
       <c r="AL116" s="563"/>
       <c r="AM116" s="566"/>
       <c r="AN116" s="566"/>
       <c r="AO116" s="566"/>
       <c r="AP116" s="632"/>
       <c r="AQ116" s="587"/>
       <c r="AR116" s="471"/>
       <c r="AS116" s="423"/>
       <c r="AT116" s="471"/>
     </row>
     <row r="117" spans="1:48" s="158" customFormat="1" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="176">
         <v>11</v>
       </c>
       <c r="B117" s="177" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="C117" s="175"/>
       <c r="D117" s="555" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="E117" s="555"/>
       <c r="F117" s="555"/>
       <c r="G117" s="555"/>
       <c r="H117" s="307"/>
       <c r="I117" s="308"/>
       <c r="J117" s="308"/>
       <c r="K117" s="308"/>
       <c r="L117" s="309"/>
       <c r="M117" s="308"/>
       <c r="N117" s="310"/>
       <c r="O117" s="311"/>
       <c r="P117" s="308"/>
       <c r="Q117" s="308"/>
       <c r="R117" s="309"/>
       <c r="S117" s="164"/>
       <c r="T117" s="192" t="s">
         <v>71</v>
       </c>
       <c r="U117" s="164"/>
       <c r="V117" s="164">
         <f>IF(T117="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W117" s="164" t="s">
@@ -30735,55 +30726,55 @@
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="59" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;P / &amp;N ページ</oddFooter>
   </headerFooter>
   <rowBreaks count="4" manualBreakCount="4">
     <brk id="40" max="45" man="1"/>
     <brk id="71" max="45" man="1"/>
     <brk id="92" max="45" man="1"/>
     <brk id="116" max="45" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="C33:C36 C19:C31 C55:C58 C69:C92 C5:C11 C15:C16 C37:C53 C64:C66 C93:C116" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:AX126"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="C15" activePane="bottomRight" state="frozen"/>
       <selection activeCell="H6" sqref="H6:J6"/>
       <selection pane="topRight" activeCell="H6" sqref="H6:J6"/>
       <selection pane="bottomLeft" activeCell="H6" sqref="H6:J6"/>
-      <selection pane="bottomRight" activeCell="AT5" sqref="AT5:AT29"/>
+      <selection pane="bottomRight" activeCell="D22" sqref="D22:G22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.77734375" style="49" customWidth="1"/>
     <col min="2" max="2" width="9.109375" style="49" customWidth="1"/>
     <col min="3" max="6" width="3.77734375" style="49" customWidth="1"/>
     <col min="7" max="7" width="47.6640625" style="49" customWidth="1"/>
     <col min="8" max="8" width="3.77734375" style="50" customWidth="1"/>
     <col min="9" max="10" width="4.21875" style="49" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="5" style="49" customWidth="1"/>
     <col min="12" max="12" width="7.33203125" style="49" customWidth="1"/>
     <col min="13" max="13" width="5" style="49" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="3.77734375" style="50" customWidth="1"/>
     <col min="15" max="16" width="4.21875" style="49" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="5" style="49" customWidth="1"/>
     <col min="18" max="18" width="7.33203125" style="49" customWidth="1"/>
     <col min="19" max="19" width="5" style="49" hidden="1" customWidth="1"/>
     <col min="20" max="20" width="3.77734375" style="50" customWidth="1"/>
     <col min="21" max="22" width="4.21875" style="49" hidden="1" customWidth="1"/>
     <col min="23" max="23" width="5" style="49" customWidth="1"/>
     <col min="24" max="24" width="7.33203125" style="49" customWidth="1"/>
     <col min="25" max="25" width="5" style="49" hidden="1" customWidth="1"/>
     <col min="26" max="26" width="3.77734375" style="50" customWidth="1"/>
     <col min="27" max="28" width="4.21875" style="49" hidden="1" customWidth="1"/>
@@ -30803,99 +30794,99 @@
     <col min="44" max="44" width="31.33203125" style="401" customWidth="1"/>
     <col min="45" max="45" width="9" style="49" hidden="1" customWidth="1"/>
     <col min="46" max="46" width="14.88671875" style="49" customWidth="1"/>
     <col min="47" max="50" width="15.33203125" style="49" customWidth="1"/>
     <col min="51" max="16384" width="9" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:46" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="44" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:46" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="488" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="490"/>
       <c r="C2" s="488" t="s">
         <v>33</v>
       </c>
       <c r="D2" s="489"/>
       <c r="E2" s="489"/>
       <c r="F2" s="489"/>
       <c r="G2" s="490"/>
       <c r="H2" s="523" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="I2" s="524"/>
       <c r="J2" s="524"/>
       <c r="K2" s="524"/>
       <c r="L2" s="524"/>
       <c r="M2" s="524"/>
       <c r="N2" s="524"/>
       <c r="O2" s="524"/>
       <c r="P2" s="524"/>
       <c r="Q2" s="524"/>
       <c r="R2" s="524"/>
       <c r="S2" s="525"/>
       <c r="T2" s="523" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="U2" s="524"/>
       <c r="V2" s="524"/>
       <c r="W2" s="524"/>
       <c r="X2" s="524"/>
       <c r="Y2" s="524"/>
       <c r="Z2" s="524"/>
       <c r="AA2" s="524"/>
       <c r="AB2" s="524"/>
       <c r="AC2" s="524"/>
       <c r="AD2" s="524"/>
       <c r="AE2" s="525"/>
       <c r="AF2" s="523" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="AG2" s="524"/>
       <c r="AH2" s="524"/>
       <c r="AI2" s="524"/>
       <c r="AJ2" s="524"/>
       <c r="AK2" s="524"/>
       <c r="AL2" s="524"/>
       <c r="AM2" s="524"/>
       <c r="AN2" s="524"/>
       <c r="AO2" s="524"/>
       <c r="AP2" s="524"/>
       <c r="AQ2" s="525"/>
       <c r="AR2" s="468" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="AS2" s="49" t="s">
         <v>64</v>
       </c>
       <c r="AT2" s="468" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
     </row>
     <row r="3" spans="1:46" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="537"/>
       <c r="B3" s="539"/>
       <c r="C3" s="537"/>
       <c r="D3" s="538"/>
       <c r="E3" s="538"/>
       <c r="F3" s="538"/>
       <c r="G3" s="539"/>
       <c r="H3" s="488" t="s">
         <v>34</v>
       </c>
       <c r="I3" s="489"/>
       <c r="J3" s="489"/>
       <c r="K3" s="489"/>
       <c r="L3" s="489"/>
       <c r="M3" s="490"/>
       <c r="N3" s="491" t="s">
         <v>35</v>
       </c>
       <c r="O3" s="492"/>
       <c r="P3" s="492"/>
       <c r="Q3" s="492"/>
       <c r="R3" s="492"/>
@@ -31110,51 +31101,51 @@
         <v>71</v>
       </c>
       <c r="AM5" s="564">
         <f>IF(AL5="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AN5" s="564"/>
       <c r="AO5" s="564" t="s">
         <v>119</v>
       </c>
       <c r="AP5" s="731" t="s">
         <v>71</v>
       </c>
       <c r="AQ5" s="745">
         <f>IF(AP5="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR5" s="471"/>
       <c r="AT5" s="471"/>
     </row>
     <row r="6" spans="1:46" ht="54" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="473"/>
       <c r="B6" s="476"/>
       <c r="C6" s="65"/>
       <c r="D6" s="484" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="E6" s="484"/>
       <c r="F6" s="484"/>
       <c r="G6" s="485"/>
       <c r="H6" s="532"/>
       <c r="I6" s="565"/>
       <c r="J6" s="565"/>
       <c r="K6" s="565"/>
       <c r="L6" s="732"/>
       <c r="M6" s="746"/>
       <c r="N6" s="571"/>
       <c r="O6" s="565"/>
       <c r="P6" s="565"/>
       <c r="Q6" s="565"/>
       <c r="R6" s="732"/>
       <c r="S6" s="746"/>
       <c r="T6" s="532"/>
       <c r="U6" s="565"/>
       <c r="V6" s="565"/>
       <c r="W6" s="565"/>
       <c r="X6" s="732"/>
       <c r="Y6" s="746"/>
       <c r="Z6" s="571"/>
       <c r="AA6" s="565"/>
       <c r="AB6" s="565"/>
@@ -31162,51 +31153,51 @@
       <c r="AD6" s="732"/>
       <c r="AE6" s="746"/>
       <c r="AF6" s="532"/>
       <c r="AG6" s="565"/>
       <c r="AH6" s="565"/>
       <c r="AI6" s="565"/>
       <c r="AJ6" s="732"/>
       <c r="AK6" s="746"/>
       <c r="AL6" s="571"/>
       <c r="AM6" s="565"/>
       <c r="AN6" s="565"/>
       <c r="AO6" s="565"/>
       <c r="AP6" s="732"/>
       <c r="AQ6" s="746"/>
       <c r="AR6" s="471"/>
       <c r="AT6" s="471"/>
     </row>
     <row r="7" spans="1:46" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="473"/>
       <c r="B7" s="476"/>
       <c r="C7" s="65"/>
       <c r="D7" s="171" t="s">
         <v>199</v>
       </c>
       <c r="E7" s="743" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="F7" s="743"/>
       <c r="G7" s="744"/>
       <c r="H7" s="532"/>
       <c r="I7" s="565"/>
       <c r="J7" s="565"/>
       <c r="K7" s="565"/>
       <c r="L7" s="732"/>
       <c r="M7" s="746"/>
       <c r="N7" s="571"/>
       <c r="O7" s="565"/>
       <c r="P7" s="565"/>
       <c r="Q7" s="565"/>
       <c r="R7" s="732"/>
       <c r="S7" s="746"/>
       <c r="T7" s="532"/>
       <c r="U7" s="565"/>
       <c r="V7" s="565"/>
       <c r="W7" s="565"/>
       <c r="X7" s="732"/>
       <c r="Y7" s="746"/>
       <c r="Z7" s="571"/>
       <c r="AA7" s="565"/>
       <c r="AB7" s="565"/>
       <c r="AC7" s="565"/>
@@ -31214,152 +31205,152 @@
       <c r="AE7" s="746"/>
       <c r="AF7" s="532"/>
       <c r="AG7" s="565"/>
       <c r="AH7" s="565"/>
       <c r="AI7" s="565"/>
       <c r="AJ7" s="732"/>
       <c r="AK7" s="746"/>
       <c r="AL7" s="571"/>
       <c r="AM7" s="565"/>
       <c r="AN7" s="565"/>
       <c r="AO7" s="565"/>
       <c r="AP7" s="732"/>
       <c r="AQ7" s="746"/>
       <c r="AR7" s="471"/>
       <c r="AT7" s="471"/>
     </row>
     <row r="8" spans="1:46" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="473"/>
       <c r="B8" s="476"/>
       <c r="C8" s="65"/>
       <c r="D8" s="171"/>
       <c r="E8" s="240" t="s">
         <v>331</v>
       </c>
       <c r="F8" s="480" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="G8" s="481"/>
       <c r="H8" s="532"/>
       <c r="I8" s="565"/>
       <c r="J8" s="565"/>
       <c r="K8" s="565"/>
       <c r="L8" s="732"/>
       <c r="M8" s="746"/>
       <c r="N8" s="571"/>
       <c r="O8" s="565"/>
       <c r="P8" s="565"/>
       <c r="Q8" s="565"/>
       <c r="R8" s="732"/>
       <c r="S8" s="746"/>
       <c r="T8" s="532"/>
       <c r="U8" s="565"/>
       <c r="V8" s="565"/>
       <c r="W8" s="565"/>
       <c r="X8" s="732"/>
       <c r="Y8" s="746"/>
       <c r="Z8" s="571"/>
       <c r="AA8" s="565"/>
       <c r="AB8" s="565"/>
       <c r="AC8" s="565"/>
       <c r="AD8" s="732"/>
       <c r="AE8" s="746"/>
       <c r="AF8" s="532"/>
       <c r="AG8" s="565"/>
       <c r="AH8" s="565"/>
       <c r="AI8" s="565"/>
       <c r="AJ8" s="732"/>
       <c r="AK8" s="746"/>
       <c r="AL8" s="571"/>
       <c r="AM8" s="565"/>
       <c r="AN8" s="565"/>
       <c r="AO8" s="565"/>
       <c r="AP8" s="732"/>
       <c r="AQ8" s="746"/>
       <c r="AR8" s="471"/>
       <c r="AT8" s="471"/>
     </row>
     <row r="9" spans="1:46" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="473"/>
       <c r="B9" s="476"/>
       <c r="C9" s="65"/>
       <c r="D9" s="171"/>
       <c r="E9" s="240" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="F9" s="480" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="G9" s="481"/>
       <c r="H9" s="532"/>
       <c r="I9" s="565"/>
       <c r="J9" s="565"/>
       <c r="K9" s="565"/>
       <c r="L9" s="732"/>
       <c r="M9" s="746"/>
       <c r="N9" s="571"/>
       <c r="O9" s="565"/>
       <c r="P9" s="565"/>
       <c r="Q9" s="565"/>
       <c r="R9" s="732"/>
       <c r="S9" s="746"/>
       <c r="T9" s="532"/>
       <c r="U9" s="565"/>
       <c r="V9" s="565"/>
       <c r="W9" s="565"/>
       <c r="X9" s="732"/>
       <c r="Y9" s="746"/>
       <c r="Z9" s="571"/>
       <c r="AA9" s="565"/>
       <c r="AB9" s="565"/>
       <c r="AC9" s="565"/>
       <c r="AD9" s="732"/>
       <c r="AE9" s="746"/>
       <c r="AF9" s="532"/>
       <c r="AG9" s="565"/>
       <c r="AH9" s="565"/>
       <c r="AI9" s="565"/>
       <c r="AJ9" s="732"/>
       <c r="AK9" s="746"/>
       <c r="AL9" s="571"/>
       <c r="AM9" s="565"/>
       <c r="AN9" s="565"/>
       <c r="AO9" s="565"/>
       <c r="AP9" s="732"/>
       <c r="AQ9" s="746"/>
       <c r="AR9" s="471"/>
       <c r="AT9" s="471"/>
     </row>
     <row r="10" spans="1:46" ht="51.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="473"/>
       <c r="B10" s="476"/>
       <c r="C10" s="65"/>
       <c r="D10" s="171" t="s">
         <v>97</v>
       </c>
       <c r="E10" s="480" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="F10" s="480"/>
       <c r="G10" s="481"/>
       <c r="H10" s="532"/>
       <c r="I10" s="565"/>
       <c r="J10" s="565"/>
       <c r="K10" s="565"/>
       <c r="L10" s="732"/>
       <c r="M10" s="746"/>
       <c r="N10" s="571"/>
       <c r="O10" s="565"/>
       <c r="P10" s="565"/>
       <c r="Q10" s="565"/>
       <c r="R10" s="732"/>
       <c r="S10" s="746"/>
       <c r="T10" s="532"/>
       <c r="U10" s="565"/>
       <c r="V10" s="565"/>
       <c r="W10" s="565"/>
       <c r="X10" s="732"/>
       <c r="Y10" s="746"/>
       <c r="Z10" s="571"/>
       <c r="AA10" s="565"/>
       <c r="AB10" s="565"/>
       <c r="AC10" s="565"/>
@@ -31919,51 +31910,51 @@
       <c r="AL16" s="194" t="s">
         <v>71</v>
       </c>
       <c r="AM16" s="195"/>
       <c r="AN16" s="164">
         <f>IF(AL16="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO16" s="164" t="s">
         <v>61</v>
       </c>
       <c r="AP16" s="199"/>
       <c r="AQ16" s="200"/>
       <c r="AR16" s="397"/>
       <c r="AT16" s="397"/>
     </row>
     <row r="17" spans="1:50" s="158" customFormat="1" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="629">
         <v>6</v>
       </c>
       <c r="B17" s="758" t="s">
         <v>379</v>
       </c>
       <c r="C17" s="155"/>
       <c r="D17" s="734" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="E17" s="734"/>
       <c r="F17" s="734"/>
       <c r="G17" s="748"/>
       <c r="H17" s="354"/>
       <c r="I17" s="355"/>
       <c r="J17" s="356"/>
       <c r="K17" s="356"/>
       <c r="L17" s="357"/>
       <c r="M17" s="358"/>
       <c r="N17" s="359"/>
       <c r="O17" s="355"/>
       <c r="P17" s="356"/>
       <c r="Q17" s="356"/>
       <c r="R17" s="360"/>
       <c r="S17" s="229"/>
       <c r="T17" s="223"/>
       <c r="U17" s="224"/>
       <c r="V17" s="204"/>
       <c r="W17" s="204"/>
       <c r="X17" s="225"/>
       <c r="Y17" s="226"/>
       <c r="Z17" s="227"/>
       <c r="AA17" s="224"/>
       <c r="AB17" s="204"/>
@@ -32045,51 +32036,51 @@
         <v>61</v>
       </c>
       <c r="AJ18" s="231"/>
       <c r="AK18" s="232"/>
       <c r="AL18" s="233" t="s">
         <v>71</v>
       </c>
       <c r="AM18" s="230"/>
       <c r="AN18" s="186">
         <f t="shared" ref="AN18:AN19" si="11">IF(AL18="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO18" s="186" t="s">
         <v>61</v>
       </c>
       <c r="AP18" s="234"/>
       <c r="AQ18" s="235"/>
       <c r="AR18" s="617"/>
       <c r="AT18" s="617"/>
     </row>
     <row r="19" spans="1:50" s="158" customFormat="1" ht="27.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="630"/>
       <c r="B19" s="760"/>
       <c r="C19" s="222"/>
       <c r="D19" s="755" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="E19" s="756"/>
       <c r="F19" s="756"/>
       <c r="G19" s="757"/>
       <c r="H19" s="301"/>
       <c r="I19" s="305"/>
       <c r="J19" s="302"/>
       <c r="K19" s="302"/>
       <c r="L19" s="367"/>
       <c r="M19" s="368"/>
       <c r="N19" s="304"/>
       <c r="O19" s="305"/>
       <c r="P19" s="302"/>
       <c r="Q19" s="302"/>
       <c r="R19" s="369"/>
       <c r="S19" s="239"/>
       <c r="T19" s="178" t="s">
         <v>71</v>
       </c>
       <c r="U19" s="182"/>
       <c r="V19" s="179">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="W19" s="179" t="s">
@@ -32126,100 +32117,100 @@
       <c r="AL19" s="181" t="s">
         <v>71</v>
       </c>
       <c r="AM19" s="182"/>
       <c r="AN19" s="179">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="AO19" s="179" t="s">
         <v>61</v>
       </c>
       <c r="AP19" s="238"/>
       <c r="AQ19" s="239"/>
       <c r="AR19" s="617"/>
       <c r="AT19" s="617"/>
     </row>
     <row r="20" spans="1:50" s="158" customFormat="1" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="629">
         <v>7</v>
       </c>
       <c r="B20" s="629" t="s">
         <v>390</v>
       </c>
       <c r="C20" s="155"/>
       <c r="D20" s="734" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="E20" s="734"/>
       <c r="F20" s="734"/>
       <c r="G20" s="734"/>
       <c r="H20" s="370"/>
       <c r="I20" s="371"/>
       <c r="J20" s="371"/>
       <c r="K20" s="356"/>
       <c r="L20" s="372"/>
       <c r="M20" s="356"/>
       <c r="N20" s="370"/>
       <c r="O20" s="371"/>
       <c r="P20" s="371"/>
       <c r="Q20" s="356"/>
       <c r="R20" s="372"/>
       <c r="S20" s="205"/>
       <c r="T20" s="190"/>
       <c r="U20" s="202"/>
       <c r="V20" s="202"/>
       <c r="W20" s="204"/>
       <c r="X20" s="203"/>
       <c r="Y20" s="204"/>
       <c r="Z20" s="190"/>
       <c r="AA20" s="202"/>
       <c r="AB20" s="202"/>
       <c r="AC20" s="204"/>
       <c r="AD20" s="203"/>
       <c r="AE20" s="205"/>
       <c r="AF20" s="190"/>
       <c r="AG20" s="202"/>
       <c r="AH20" s="202"/>
       <c r="AI20" s="204"/>
       <c r="AJ20" s="203"/>
       <c r="AK20" s="204"/>
       <c r="AL20" s="190"/>
       <c r="AM20" s="202"/>
       <c r="AN20" s="202"/>
       <c r="AO20" s="204"/>
       <c r="AP20" s="203"/>
       <c r="AQ20" s="205"/>
       <c r="AR20" s="617"/>
       <c r="AT20" s="617"/>
     </row>
     <row r="21" spans="1:50" s="158" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="649"/>
       <c r="B21" s="649"/>
       <c r="C21" s="183"/>
       <c r="D21" s="735" t="s">
-        <v>391</v>
+        <v>506</v>
       </c>
       <c r="E21" s="735"/>
       <c r="F21" s="735"/>
       <c r="G21" s="736"/>
       <c r="H21" s="361"/>
       <c r="I21" s="336"/>
       <c r="J21" s="373"/>
       <c r="K21" s="336"/>
       <c r="L21" s="374"/>
       <c r="M21" s="375"/>
       <c r="N21" s="361"/>
       <c r="O21" s="373"/>
       <c r="P21" s="373"/>
       <c r="Q21" s="336"/>
       <c r="R21" s="374"/>
       <c r="S21" s="208"/>
       <c r="T21" s="191" t="s">
         <v>71</v>
       </c>
       <c r="U21" s="186"/>
       <c r="V21" s="186">
         <f>IF(T21="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W21" s="186" t="s">
@@ -32252,51 +32243,51 @@
         <v>61</v>
       </c>
       <c r="AJ21" s="207"/>
       <c r="AK21" s="208"/>
       <c r="AL21" s="191" t="s">
         <v>71</v>
       </c>
       <c r="AM21" s="206"/>
       <c r="AN21" s="206">
         <f>IF(AL21="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO21" s="186" t="s">
         <v>61</v>
       </c>
       <c r="AP21" s="207"/>
       <c r="AQ21" s="208"/>
       <c r="AR21" s="617"/>
       <c r="AT21" s="617"/>
     </row>
     <row r="22" spans="1:50" s="158" customFormat="1" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="649"/>
       <c r="B22" s="649"/>
       <c r="C22" s="183"/>
       <c r="D22" s="735" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="E22" s="735"/>
       <c r="F22" s="735"/>
       <c r="G22" s="736"/>
       <c r="H22" s="361"/>
       <c r="I22" s="373"/>
       <c r="J22" s="336"/>
       <c r="K22" s="336"/>
       <c r="L22" s="374"/>
       <c r="M22" s="375"/>
       <c r="N22" s="361"/>
       <c r="O22" s="373"/>
       <c r="P22" s="373"/>
       <c r="Q22" s="336"/>
       <c r="R22" s="374"/>
       <c r="S22" s="208"/>
       <c r="T22" s="191" t="s">
         <v>71</v>
       </c>
       <c r="U22" s="206"/>
       <c r="V22" s="186">
         <f>IF(T22="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W22" s="186" t="s">
@@ -32333,51 +32324,51 @@
       <c r="AL22" s="191" t="s">
         <v>71</v>
       </c>
       <c r="AM22" s="206"/>
       <c r="AN22" s="206">
         <f>IF(AL22="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO22" s="186" t="s">
         <v>61</v>
       </c>
       <c r="AP22" s="207"/>
       <c r="AQ22" s="208"/>
       <c r="AR22" s="617"/>
       <c r="AT22" s="617"/>
       <c r="AU22" s="749"/>
       <c r="AV22" s="749"/>
       <c r="AW22" s="749"/>
       <c r="AX22" s="749"/>
     </row>
     <row r="23" spans="1:50" s="158" customFormat="1" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="630"/>
       <c r="B23" s="630"/>
       <c r="C23" s="185"/>
       <c r="D23" s="737" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="E23" s="737"/>
       <c r="F23" s="737"/>
       <c r="G23" s="738"/>
       <c r="H23" s="312"/>
       <c r="I23" s="313"/>
       <c r="J23" s="314"/>
       <c r="K23" s="314"/>
       <c r="L23" s="376"/>
       <c r="M23" s="377"/>
       <c r="N23" s="378"/>
       <c r="O23" s="379"/>
       <c r="P23" s="379"/>
       <c r="Q23" s="380"/>
       <c r="R23" s="381"/>
       <c r="S23" s="210"/>
       <c r="T23" s="250" t="s">
         <v>71</v>
       </c>
       <c r="U23" s="255"/>
       <c r="V23" s="172">
         <f>IF(T23="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W23" s="172" t="s">
@@ -32410,104 +32401,104 @@
         <v>61</v>
       </c>
       <c r="AJ23" s="209"/>
       <c r="AK23" s="210"/>
       <c r="AL23" s="211" t="s">
         <v>71</v>
       </c>
       <c r="AM23" s="212"/>
       <c r="AN23" s="212">
         <f>IF(AL23="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO23" s="348" t="s">
         <v>61</v>
       </c>
       <c r="AP23" s="213"/>
       <c r="AQ23" s="210"/>
       <c r="AR23" s="617"/>
       <c r="AT23" s="617"/>
     </row>
     <row r="24" spans="1:50" s="158" customFormat="1" ht="27.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="629">
         <v>8</v>
       </c>
       <c r="B24" s="750" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="C24" s="155"/>
       <c r="D24" s="734" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="E24" s="734"/>
       <c r="F24" s="734"/>
       <c r="G24" s="734"/>
       <c r="H24" s="370"/>
       <c r="I24" s="371"/>
       <c r="J24" s="371"/>
       <c r="K24" s="356"/>
       <c r="L24" s="372"/>
       <c r="M24" s="356"/>
       <c r="N24" s="370"/>
       <c r="O24" s="371"/>
       <c r="P24" s="371"/>
       <c r="Q24" s="356"/>
       <c r="R24" s="372"/>
       <c r="S24" s="205"/>
       <c r="T24" s="190"/>
       <c r="U24" s="202"/>
       <c r="V24" s="202"/>
       <c r="W24" s="204"/>
       <c r="X24" s="203"/>
       <c r="Y24" s="204"/>
       <c r="Z24" s="190"/>
       <c r="AA24" s="202"/>
       <c r="AB24" s="202"/>
       <c r="AC24" s="204"/>
       <c r="AD24" s="203"/>
       <c r="AE24" s="205"/>
       <c r="AF24" s="190"/>
       <c r="AG24" s="202"/>
       <c r="AH24" s="202"/>
       <c r="AI24" s="204"/>
       <c r="AJ24" s="203"/>
       <c r="AK24" s="204"/>
       <c r="AL24" s="190"/>
       <c r="AM24" s="202"/>
       <c r="AN24" s="202"/>
       <c r="AO24" s="204"/>
       <c r="AP24" s="203"/>
       <c r="AQ24" s="205"/>
       <c r="AR24" s="617"/>
       <c r="AT24" s="617"/>
     </row>
     <row r="25" spans="1:50" s="158" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="649"/>
       <c r="B25" s="751"/>
       <c r="C25" s="183"/>
       <c r="D25" s="735" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="E25" s="735"/>
       <c r="F25" s="735"/>
       <c r="G25" s="736"/>
       <c r="H25" s="361"/>
       <c r="I25" s="336"/>
       <c r="J25" s="373"/>
       <c r="K25" s="336"/>
       <c r="L25" s="374"/>
       <c r="M25" s="375"/>
       <c r="N25" s="361"/>
       <c r="O25" s="373"/>
       <c r="P25" s="373"/>
       <c r="Q25" s="336"/>
       <c r="R25" s="374"/>
       <c r="S25" s="208"/>
       <c r="T25" s="191" t="s">
         <v>71</v>
       </c>
       <c r="U25" s="186"/>
       <c r="V25" s="186">
         <f>IF(T25="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W25" s="186" t="s">
@@ -32540,51 +32531,51 @@
         <v>61</v>
       </c>
       <c r="AJ25" s="207"/>
       <c r="AK25" s="208"/>
       <c r="AL25" s="191" t="s">
         <v>71</v>
       </c>
       <c r="AM25" s="206"/>
       <c r="AN25" s="206">
         <f>IF(AL25="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO25" s="186" t="s">
         <v>61</v>
       </c>
       <c r="AP25" s="207"/>
       <c r="AQ25" s="208"/>
       <c r="AR25" s="617"/>
       <c r="AT25" s="617"/>
     </row>
     <row r="26" spans="1:50" s="158" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="630"/>
       <c r="B26" s="752"/>
       <c r="C26" s="185"/>
       <c r="D26" s="737" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="E26" s="737"/>
       <c r="F26" s="737"/>
       <c r="G26" s="738"/>
       <c r="H26" s="312"/>
       <c r="I26" s="313"/>
       <c r="J26" s="302"/>
       <c r="K26" s="314"/>
       <c r="L26" s="376"/>
       <c r="M26" s="377"/>
       <c r="N26" s="301"/>
       <c r="O26" s="382"/>
       <c r="P26" s="382"/>
       <c r="Q26" s="302"/>
       <c r="R26" s="383"/>
       <c r="S26" s="215"/>
       <c r="T26" s="250" t="s">
         <v>71</v>
       </c>
       <c r="U26" s="255"/>
       <c r="V26" s="179">
         <f>IF(T26="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W26" s="172" t="s">
@@ -32617,54 +32608,54 @@
         <v>61</v>
       </c>
       <c r="AJ26" s="209"/>
       <c r="AK26" s="210"/>
       <c r="AL26" s="178" t="s">
         <v>71</v>
       </c>
       <c r="AM26" s="275"/>
       <c r="AN26" s="275">
         <f>IF(AL26="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO26" s="179" t="s">
         <v>61</v>
       </c>
       <c r="AP26" s="214"/>
       <c r="AQ26" s="215"/>
       <c r="AR26" s="617"/>
       <c r="AT26" s="617"/>
     </row>
     <row r="27" spans="1:50" ht="27.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="472">
         <v>9</v>
       </c>
       <c r="B27" s="740" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="C27" s="764" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="D27" s="765"/>
       <c r="E27" s="765"/>
       <c r="F27" s="765"/>
       <c r="G27" s="766"/>
       <c r="H27" s="327"/>
       <c r="I27" s="328"/>
       <c r="J27" s="328"/>
       <c r="K27" s="291"/>
       <c r="L27" s="408"/>
       <c r="M27" s="291"/>
       <c r="N27" s="327"/>
       <c r="O27" s="328"/>
       <c r="P27" s="328"/>
       <c r="Q27" s="291"/>
       <c r="R27" s="408"/>
       <c r="S27" s="87"/>
       <c r="T27" s="86"/>
       <c r="U27" s="82"/>
       <c r="V27" s="82"/>
       <c r="W27" s="76"/>
       <c r="X27" s="409"/>
       <c r="Y27" s="76"/>
       <c r="Z27" s="86"/>
       <c r="AA27" s="82"/>
@@ -32672,51 +32663,51 @@
       <c r="AC27" s="76"/>
       <c r="AD27" s="409"/>
       <c r="AE27" s="87"/>
       <c r="AF27" s="86"/>
       <c r="AG27" s="82"/>
       <c r="AH27" s="82"/>
       <c r="AI27" s="76"/>
       <c r="AJ27" s="409"/>
       <c r="AK27" s="76"/>
       <c r="AL27" s="86"/>
       <c r="AM27" s="82"/>
       <c r="AN27" s="82"/>
       <c r="AO27" s="76"/>
       <c r="AP27" s="409"/>
       <c r="AQ27" s="87"/>
       <c r="AR27" s="471"/>
       <c r="AT27" s="471"/>
     </row>
     <row r="28" spans="1:50" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="473"/>
       <c r="B28" s="741"/>
       <c r="C28" s="410" t="s">
         <v>38</v>
       </c>
       <c r="D28" s="761" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="E28" s="761"/>
       <c r="F28" s="761"/>
       <c r="G28" s="762"/>
       <c r="H28" s="330"/>
       <c r="I28" s="299"/>
       <c r="J28" s="331"/>
       <c r="K28" s="299"/>
       <c r="L28" s="411"/>
       <c r="M28" s="412"/>
       <c r="N28" s="330"/>
       <c r="O28" s="331"/>
       <c r="P28" s="331"/>
       <c r="Q28" s="299"/>
       <c r="R28" s="411"/>
       <c r="S28" s="413"/>
       <c r="T28" s="244" t="s">
         <v>71</v>
       </c>
       <c r="U28" s="77"/>
       <c r="V28" s="77">
         <f>IF(T28="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W28" s="77" t="s">
@@ -32751,51 +32742,51 @@
       <c r="AJ28" s="414"/>
       <c r="AK28" s="413"/>
       <c r="AL28" s="244" t="s">
         <v>71</v>
       </c>
       <c r="AM28" s="79"/>
       <c r="AN28" s="79">
         <f>IF(AL28="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO28" s="77" t="s">
         <v>61</v>
       </c>
       <c r="AP28" s="414"/>
       <c r="AQ28" s="413"/>
       <c r="AR28" s="471"/>
       <c r="AT28" s="471"/>
     </row>
     <row r="29" spans="1:50" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="474"/>
       <c r="B29" s="742"/>
       <c r="C29" s="415" t="s">
         <v>125</v>
       </c>
       <c r="D29" s="703" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="E29" s="703"/>
       <c r="F29" s="703"/>
       <c r="G29" s="763"/>
       <c r="H29" s="406"/>
       <c r="I29" s="416"/>
       <c r="J29" s="338"/>
       <c r="K29" s="281"/>
       <c r="L29" s="417"/>
       <c r="M29" s="404"/>
       <c r="N29" s="337"/>
       <c r="O29" s="418"/>
       <c r="P29" s="418"/>
       <c r="Q29" s="338"/>
       <c r="R29" s="419"/>
       <c r="S29" s="420"/>
       <c r="T29" s="245"/>
       <c r="U29" s="256"/>
       <c r="V29" s="78">
         <f>IF(T29="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W29" s="117"/>
       <c r="X29" s="421"/>
       <c r="Y29" s="405"/>
@@ -33209,51 +33200,51 @@
     <mergeCell ref="D23:G23"/>
     <mergeCell ref="K31:L31"/>
     <mergeCell ref="A27:A29"/>
     <mergeCell ref="B27:B29"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AL28:AL31 AF28:AF31 H28:H31 AP12 AF5 AP14 AF18:AF19 AL21:AL23 AP5 AJ5 AL5 AJ12:AJ15 AF21:AF23 AF12:AF16 AL12:AL16 AL18:AL19 Z28:Z31 R12 H5 R14 H18:H19 N21:N23 R5 L5 N5 H21:H23 Z18:Z19 N12:N16 N18:N19 T28:T31 X14 AD12 T5 AD14 T18:T19 Z21:Z23 AD5 X5 Z5 T21:T23 Z12:Z16 L12 L14 X12 H12:H16 T12:T16 T25:T26 Z25:Z26 H25:H26 AF25:AF26 AL25:AL26 N25:N26 N28:N31" xr:uid="{00000000-0002-0000-0600-000000000000}">
       <formula1>$AS$3:$AS$4</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="51" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;P / &amp;N ページ</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:AV53"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="C43" activePane="bottomRight" state="frozen"/>
       <selection activeCell="H6" sqref="H6:J6"/>
       <selection pane="topRight" activeCell="H6" sqref="H6:J6"/>
       <selection pane="bottomLeft" activeCell="H6" sqref="H6:J6"/>
       <selection pane="bottomRight" activeCell="T5" sqref="T5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.77734375" style="49" customWidth="1"/>
     <col min="2" max="2" width="9.109375" style="49" customWidth="1"/>
     <col min="3" max="6" width="3.77734375" style="49" customWidth="1"/>
     <col min="7" max="7" width="47.6640625" style="49" customWidth="1"/>
     <col min="8" max="8" width="3.77734375" style="50" customWidth="1"/>
     <col min="9" max="10" width="4.21875" style="49" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="5" style="49" customWidth="1"/>
     <col min="12" max="12" width="7.33203125" style="49" customWidth="1"/>
     <col min="13" max="13" width="5" style="49" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="3.77734375" style="50" customWidth="1"/>
     <col min="15" max="16" width="4.21875" style="49" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="5" style="49" customWidth="1"/>
     <col min="18" max="18" width="7.33203125" style="49" customWidth="1"/>
     <col min="19" max="19" width="4.77734375" style="49" hidden="1" customWidth="1"/>
     <col min="20" max="20" width="3.77734375" style="50" customWidth="1"/>
     <col min="21" max="22" width="4.21875" style="49" hidden="1" customWidth="1"/>
     <col min="23" max="23" width="5" style="49" customWidth="1"/>
@@ -33276,99 +33267,99 @@
     <col min="43" max="43" width="4.77734375" style="49" hidden="1" customWidth="1"/>
     <col min="44" max="44" width="31.33203125" style="401" customWidth="1"/>
     <col min="45" max="45" width="9" style="49" hidden="1" customWidth="1"/>
     <col min="46" max="46" width="16.21875" style="49" customWidth="1"/>
     <col min="47" max="16384" width="9" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:46" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="44" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="2" spans="1:46" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="488" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="490"/>
       <c r="C2" s="488" t="s">
         <v>33</v>
       </c>
       <c r="D2" s="489"/>
       <c r="E2" s="489"/>
       <c r="F2" s="489"/>
       <c r="G2" s="490"/>
       <c r="H2" s="523" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="I2" s="524"/>
       <c r="J2" s="524"/>
       <c r="K2" s="524"/>
       <c r="L2" s="524"/>
       <c r="M2" s="524"/>
       <c r="N2" s="524"/>
       <c r="O2" s="524"/>
       <c r="P2" s="524"/>
       <c r="Q2" s="524"/>
       <c r="R2" s="524"/>
       <c r="S2" s="525"/>
       <c r="T2" s="523" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="U2" s="524"/>
       <c r="V2" s="524"/>
       <c r="W2" s="524"/>
       <c r="X2" s="524"/>
       <c r="Y2" s="524"/>
       <c r="Z2" s="524"/>
       <c r="AA2" s="524"/>
       <c r="AB2" s="524"/>
       <c r="AC2" s="524"/>
       <c r="AD2" s="524"/>
       <c r="AE2" s="525"/>
       <c r="AF2" s="523" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="AG2" s="524"/>
       <c r="AH2" s="524"/>
       <c r="AI2" s="524"/>
       <c r="AJ2" s="524"/>
       <c r="AK2" s="524"/>
       <c r="AL2" s="524"/>
       <c r="AM2" s="524"/>
       <c r="AN2" s="524"/>
       <c r="AO2" s="524"/>
       <c r="AP2" s="524"/>
       <c r="AQ2" s="525"/>
       <c r="AR2" s="468" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="AS2" s="49" t="s">
         <v>64</v>
       </c>
       <c r="AT2" s="468" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
     </row>
     <row r="3" spans="1:46" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="537"/>
       <c r="B3" s="539"/>
       <c r="C3" s="537"/>
       <c r="D3" s="538"/>
       <c r="E3" s="538"/>
       <c r="F3" s="538"/>
       <c r="G3" s="539"/>
       <c r="H3" s="488" t="s">
         <v>34</v>
       </c>
       <c r="I3" s="489"/>
       <c r="J3" s="489"/>
       <c r="K3" s="489"/>
       <c r="L3" s="489"/>
       <c r="M3" s="490"/>
       <c r="N3" s="491" t="s">
         <v>35</v>
       </c>
       <c r="O3" s="492"/>
       <c r="P3" s="492"/>
       <c r="Q3" s="492"/>
       <c r="R3" s="492"/>
@@ -33630,51 +33621,51 @@
         <v>0</v>
       </c>
       <c r="AL6" s="129" t="s">
         <v>71</v>
       </c>
       <c r="AM6" s="55"/>
       <c r="AN6" s="55">
         <f>IF(AL6="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO6" s="55" t="s">
         <v>61</v>
       </c>
       <c r="AP6" s="96"/>
       <c r="AQ6" s="94"/>
       <c r="AR6" s="396"/>
       <c r="AT6" s="396"/>
     </row>
     <row r="7" spans="1:46" ht="27.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="527"/>
       <c r="B7" s="529"/>
       <c r="C7" s="45" t="s">
         <v>99</v>
       </c>
       <c r="D7" s="478" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="E7" s="478"/>
       <c r="F7" s="478"/>
       <c r="G7" s="479"/>
       <c r="H7" s="579"/>
       <c r="I7" s="533"/>
       <c r="J7" s="533"/>
       <c r="K7" s="533"/>
       <c r="L7" s="767"/>
       <c r="M7" s="770"/>
       <c r="N7" s="579"/>
       <c r="O7" s="533"/>
       <c r="P7" s="533"/>
       <c r="Q7" s="533"/>
       <c r="R7" s="767"/>
       <c r="S7" s="745"/>
       <c r="T7" s="570" t="s">
         <v>71</v>
       </c>
       <c r="U7" s="564"/>
       <c r="V7" s="564">
         <f>IF(T7="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W7" s="564" t="s">
@@ -33766,51 +33757,51 @@
       <c r="AD8" s="783"/>
       <c r="AE8" s="746"/>
       <c r="AF8" s="532"/>
       <c r="AG8" s="565"/>
       <c r="AH8" s="565"/>
       <c r="AI8" s="565"/>
       <c r="AJ8" s="801"/>
       <c r="AK8" s="746"/>
       <c r="AL8" s="571"/>
       <c r="AM8" s="565"/>
       <c r="AN8" s="565"/>
       <c r="AO8" s="565"/>
       <c r="AP8" s="783"/>
       <c r="AQ8" s="746"/>
       <c r="AR8" s="471"/>
       <c r="AT8" s="471"/>
     </row>
     <row r="9" spans="1:46" ht="41.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="527"/>
       <c r="B9" s="529"/>
       <c r="C9" s="72"/>
       <c r="D9" s="52" t="s">
         <v>337</v>
       </c>
       <c r="E9" s="484" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="F9" s="484"/>
       <c r="G9" s="485"/>
       <c r="H9" s="580"/>
       <c r="I9" s="534"/>
       <c r="J9" s="534"/>
       <c r="K9" s="534"/>
       <c r="L9" s="768"/>
       <c r="M9" s="771"/>
       <c r="N9" s="580"/>
       <c r="O9" s="534"/>
       <c r="P9" s="534"/>
       <c r="Q9" s="534"/>
       <c r="R9" s="768"/>
       <c r="S9" s="746"/>
       <c r="T9" s="571"/>
       <c r="U9" s="565"/>
       <c r="V9" s="565"/>
       <c r="W9" s="565"/>
       <c r="X9" s="783"/>
       <c r="Y9" s="746"/>
       <c r="Z9" s="571"/>
       <c r="AA9" s="565"/>
       <c r="AB9" s="565"/>
       <c r="AC9" s="565"/>
@@ -33918,51 +33909,51 @@
       <c r="AC11" s="566"/>
       <c r="AD11" s="784"/>
       <c r="AE11" s="747"/>
       <c r="AF11" s="563"/>
       <c r="AG11" s="566"/>
       <c r="AH11" s="566"/>
       <c r="AI11" s="566"/>
       <c r="AJ11" s="787"/>
       <c r="AK11" s="747"/>
       <c r="AL11" s="572"/>
       <c r="AM11" s="566"/>
       <c r="AN11" s="566"/>
       <c r="AO11" s="566"/>
       <c r="AP11" s="784"/>
       <c r="AQ11" s="747"/>
       <c r="AR11" s="471"/>
       <c r="AT11" s="471"/>
     </row>
     <row r="12" spans="1:46" ht="41.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="527"/>
       <c r="B12" s="529"/>
       <c r="C12" s="68" t="s">
         <v>241</v>
       </c>
       <c r="D12" s="486" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="E12" s="486"/>
       <c r="F12" s="486"/>
       <c r="G12" s="487"/>
       <c r="H12" s="286"/>
       <c r="I12" s="289"/>
       <c r="J12" s="284"/>
       <c r="K12" s="284"/>
       <c r="L12" s="388"/>
       <c r="M12" s="387"/>
       <c r="N12" s="288"/>
       <c r="O12" s="289"/>
       <c r="P12" s="284"/>
       <c r="Q12" s="284"/>
       <c r="R12" s="389"/>
       <c r="S12" s="94"/>
       <c r="T12" s="127" t="s">
         <v>71</v>
       </c>
       <c r="U12" s="81"/>
       <c r="V12" s="55">
         <f>IF(T12="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W12" s="55" t="s">
@@ -34234,54 +34225,54 @@
       <c r="AA16" s="574"/>
       <c r="AB16" s="565"/>
       <c r="AC16" s="651"/>
       <c r="AD16" s="783"/>
       <c r="AE16" s="746"/>
       <c r="AF16" s="532"/>
       <c r="AG16" s="574"/>
       <c r="AH16" s="565"/>
       <c r="AI16" s="651"/>
       <c r="AJ16" s="801"/>
       <c r="AK16" s="746"/>
       <c r="AL16" s="571"/>
       <c r="AM16" s="574"/>
       <c r="AN16" s="565"/>
       <c r="AO16" s="651"/>
       <c r="AP16" s="783"/>
       <c r="AQ16" s="746"/>
       <c r="AR16" s="471"/>
       <c r="AT16" s="471"/>
     </row>
     <row r="17" spans="1:46" ht="54" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="540"/>
       <c r="B17" s="541"/>
       <c r="C17" s="72"/>
       <c r="D17" s="47" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="E17" s="480" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="F17" s="480"/>
       <c r="G17" s="480"/>
       <c r="H17" s="580"/>
       <c r="I17" s="577"/>
       <c r="J17" s="534"/>
       <c r="K17" s="659"/>
       <c r="L17" s="768"/>
       <c r="M17" s="771"/>
       <c r="N17" s="580"/>
       <c r="O17" s="577"/>
       <c r="P17" s="534"/>
       <c r="Q17" s="659"/>
       <c r="R17" s="768"/>
       <c r="S17" s="746"/>
       <c r="T17" s="571"/>
       <c r="U17" s="574"/>
       <c r="V17" s="565"/>
       <c r="W17" s="651"/>
       <c r="X17" s="783"/>
       <c r="Y17" s="746"/>
       <c r="Z17" s="571"/>
       <c r="AA17" s="574"/>
       <c r="AB17" s="565"/>
       <c r="AC17" s="651"/>
@@ -34339,51 +34330,51 @@
       <c r="AD18" s="784"/>
       <c r="AE18" s="747"/>
       <c r="AF18" s="563"/>
       <c r="AG18" s="575"/>
       <c r="AH18" s="566"/>
       <c r="AI18" s="652"/>
       <c r="AJ18" s="787"/>
       <c r="AK18" s="747"/>
       <c r="AL18" s="572"/>
       <c r="AM18" s="575"/>
       <c r="AN18" s="566"/>
       <c r="AO18" s="652"/>
       <c r="AP18" s="784"/>
       <c r="AQ18" s="747"/>
       <c r="AR18" s="471"/>
       <c r="AT18" s="471"/>
     </row>
     <row r="19" spans="1:46" s="158" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="473"/>
       <c r="B19" s="476"/>
       <c r="C19" s="156"/>
       <c r="D19" s="174" t="s">
         <v>155</v>
       </c>
       <c r="E19" s="554" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="F19" s="554"/>
       <c r="G19" s="554"/>
       <c r="H19" s="310"/>
       <c r="I19" s="311"/>
       <c r="J19" s="308"/>
       <c r="K19" s="308"/>
       <c r="L19" s="390"/>
       <c r="M19" s="353"/>
       <c r="N19" s="310"/>
       <c r="O19" s="311"/>
       <c r="P19" s="308"/>
       <c r="Q19" s="308"/>
       <c r="R19" s="391"/>
       <c r="S19" s="198"/>
       <c r="T19" s="194" t="s">
         <v>71</v>
       </c>
       <c r="U19" s="195"/>
       <c r="V19" s="164">
         <f>IF(T19="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W19" s="164" t="s">
         <v>62</v>
@@ -34423,51 +34414,51 @@
       </c>
       <c r="AL19" s="194" t="s">
         <v>71</v>
       </c>
       <c r="AM19" s="195"/>
       <c r="AN19" s="164">
         <f>IF(AL19="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO19" s="164" t="s">
         <v>62</v>
       </c>
       <c r="AP19" s="217"/>
       <c r="AQ19" s="198"/>
       <c r="AR19" s="397"/>
       <c r="AT19" s="397"/>
     </row>
     <row r="20" spans="1:46" s="158" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="527"/>
       <c r="B20" s="529"/>
       <c r="C20" s="156"/>
       <c r="D20" s="174" t="s">
         <v>195</v>
       </c>
       <c r="E20" s="554" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="F20" s="554"/>
       <c r="G20" s="554"/>
       <c r="H20" s="307"/>
       <c r="I20" s="311"/>
       <c r="J20" s="308"/>
       <c r="K20" s="308"/>
       <c r="L20" s="391"/>
       <c r="M20" s="353"/>
       <c r="N20" s="310"/>
       <c r="O20" s="311"/>
       <c r="P20" s="308"/>
       <c r="Q20" s="308"/>
       <c r="R20" s="392"/>
       <c r="S20" s="198"/>
       <c r="T20" s="192" t="s">
         <v>71</v>
       </c>
       <c r="U20" s="195"/>
       <c r="V20" s="164">
         <f>IF(T20="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W20" s="164" t="s">
         <v>61</v>
@@ -35464,102 +35455,102 @@
       <c r="AA37" s="565"/>
       <c r="AB37" s="565"/>
       <c r="AC37" s="565"/>
       <c r="AD37" s="783"/>
       <c r="AE37" s="746"/>
       <c r="AF37" s="532"/>
       <c r="AG37" s="565"/>
       <c r="AH37" s="565"/>
       <c r="AI37" s="565"/>
       <c r="AJ37" s="801"/>
       <c r="AK37" s="746"/>
       <c r="AL37" s="571"/>
       <c r="AM37" s="565"/>
       <c r="AN37" s="565"/>
       <c r="AO37" s="565"/>
       <c r="AP37" s="783"/>
       <c r="AQ37" s="746"/>
       <c r="AR37" s="471"/>
       <c r="AT37" s="471"/>
     </row>
     <row r="38" spans="1:46" ht="27.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="527"/>
       <c r="B38" s="529"/>
       <c r="C38" s="72"/>
       <c r="D38" s="52" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="E38" s="484" t="s">
         <v>274</v>
       </c>
       <c r="F38" s="484"/>
       <c r="G38" s="485"/>
       <c r="H38" s="580"/>
       <c r="I38" s="534"/>
       <c r="J38" s="534"/>
       <c r="K38" s="534"/>
       <c r="L38" s="768"/>
       <c r="M38" s="771"/>
       <c r="N38" s="580"/>
       <c r="O38" s="534"/>
       <c r="P38" s="534"/>
       <c r="Q38" s="534"/>
       <c r="R38" s="768"/>
       <c r="S38" s="746"/>
       <c r="T38" s="571"/>
       <c r="U38" s="565"/>
       <c r="V38" s="565"/>
       <c r="W38" s="565"/>
       <c r="X38" s="783"/>
       <c r="Y38" s="746"/>
       <c r="Z38" s="571"/>
       <c r="AA38" s="565"/>
       <c r="AB38" s="565"/>
       <c r="AC38" s="565"/>
       <c r="AD38" s="783"/>
       <c r="AE38" s="746"/>
       <c r="AF38" s="532"/>
       <c r="AG38" s="565"/>
       <c r="AH38" s="565"/>
       <c r="AI38" s="565"/>
       <c r="AJ38" s="801"/>
       <c r="AK38" s="746"/>
       <c r="AL38" s="571"/>
       <c r="AM38" s="565"/>
       <c r="AN38" s="565"/>
       <c r="AO38" s="565"/>
       <c r="AP38" s="783"/>
       <c r="AQ38" s="746"/>
       <c r="AR38" s="471"/>
       <c r="AT38" s="471"/>
     </row>
     <row r="39" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="527"/>
       <c r="B39" s="529"/>
       <c r="C39" s="56"/>
       <c r="D39" s="117" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="E39" s="484" t="s">
         <v>271</v>
       </c>
       <c r="F39" s="484"/>
       <c r="G39" s="484"/>
       <c r="H39" s="581"/>
       <c r="I39" s="562"/>
       <c r="J39" s="562"/>
       <c r="K39" s="562"/>
       <c r="L39" s="769"/>
       <c r="M39" s="772"/>
       <c r="N39" s="581"/>
       <c r="O39" s="562"/>
       <c r="P39" s="562"/>
       <c r="Q39" s="562"/>
       <c r="R39" s="769"/>
       <c r="S39" s="747"/>
       <c r="T39" s="572"/>
       <c r="U39" s="566"/>
       <c r="V39" s="566"/>
       <c r="W39" s="566"/>
       <c r="X39" s="784"/>
       <c r="Y39" s="747"/>
       <c r="Z39" s="572"/>
@@ -35647,51 +35638,51 @@
       <c r="AJ40" s="96"/>
       <c r="AK40" s="94"/>
       <c r="AL40" s="129" t="s">
         <v>71</v>
       </c>
       <c r="AM40" s="55"/>
       <c r="AN40" s="55">
         <f>IF(AL40="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AO40" s="55" t="s">
         <v>61</v>
       </c>
       <c r="AP40" s="96"/>
       <c r="AQ40" s="94"/>
       <c r="AR40" s="396"/>
       <c r="AT40" s="396"/>
     </row>
     <row r="41" spans="1:46" s="158" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="527"/>
       <c r="B41" s="529"/>
       <c r="C41" s="175" t="s">
         <v>129</v>
       </c>
       <c r="D41" s="555" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="E41" s="555"/>
       <c r="F41" s="555"/>
       <c r="G41" s="544"/>
       <c r="H41" s="307"/>
       <c r="I41" s="308"/>
       <c r="J41" s="308"/>
       <c r="K41" s="308"/>
       <c r="L41" s="391"/>
       <c r="M41" s="353"/>
       <c r="N41" s="310"/>
       <c r="O41" s="308"/>
       <c r="P41" s="308"/>
       <c r="Q41" s="308"/>
       <c r="R41" s="391"/>
       <c r="S41" s="198"/>
       <c r="T41" s="192" t="s">
         <v>71</v>
       </c>
       <c r="U41" s="164"/>
       <c r="V41" s="164">
         <f>IF(T41="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W41" s="164" t="s">
@@ -35974,51 +35965,51 @@
         <v>71</v>
       </c>
       <c r="AM43" s="564">
         <f>IF(AL43="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AN43" s="564"/>
       <c r="AO43" s="564" t="s">
         <v>66</v>
       </c>
       <c r="AP43" s="786" t="s">
         <v>71</v>
       </c>
       <c r="AQ43" s="745">
         <f>IF(AP43="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR43" s="471"/>
       <c r="AT43" s="471"/>
     </row>
     <row r="44" spans="1:46" s="158" customFormat="1" ht="27.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="527"/>
       <c r="B44" s="529"/>
       <c r="C44" s="156"/>
       <c r="D44" s="554" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="E44" s="554"/>
       <c r="F44" s="554"/>
       <c r="G44" s="785"/>
       <c r="H44" s="563"/>
       <c r="I44" s="566"/>
       <c r="J44" s="566"/>
       <c r="K44" s="566"/>
       <c r="L44" s="787"/>
       <c r="M44" s="747"/>
       <c r="N44" s="572"/>
       <c r="O44" s="566"/>
       <c r="P44" s="566"/>
       <c r="Q44" s="566"/>
       <c r="R44" s="787"/>
       <c r="S44" s="747"/>
       <c r="T44" s="563"/>
       <c r="U44" s="566"/>
       <c r="V44" s="566"/>
       <c r="W44" s="566"/>
       <c r="X44" s="787"/>
       <c r="Y44" s="747"/>
       <c r="Z44" s="572"/>
       <c r="AA44" s="566"/>
       <c r="AB44" s="566"/>
@@ -36027,51 +36018,51 @@
       <c r="AE44" s="747"/>
       <c r="AF44" s="563"/>
       <c r="AG44" s="566"/>
       <c r="AH44" s="566"/>
       <c r="AI44" s="566"/>
       <c r="AJ44" s="787"/>
       <c r="AK44" s="747"/>
       <c r="AL44" s="572"/>
       <c r="AM44" s="566"/>
       <c r="AN44" s="566"/>
       <c r="AO44" s="566"/>
       <c r="AP44" s="787"/>
       <c r="AQ44" s="747"/>
       <c r="AR44" s="471"/>
       <c r="AT44" s="471"/>
     </row>
     <row r="45" spans="1:46" ht="64.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="112">
         <v>7</v>
       </c>
       <c r="B45" s="114" t="s">
         <v>280</v>
       </c>
       <c r="C45" s="68"/>
       <c r="D45" s="486" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="E45" s="486"/>
       <c r="F45" s="486"/>
       <c r="G45" s="487"/>
       <c r="H45" s="288"/>
       <c r="I45" s="289"/>
       <c r="J45" s="284"/>
       <c r="K45" s="284"/>
       <c r="L45" s="386"/>
       <c r="M45" s="387"/>
       <c r="N45" s="288"/>
       <c r="O45" s="289"/>
       <c r="P45" s="284"/>
       <c r="Q45" s="284"/>
       <c r="R45" s="386"/>
       <c r="S45" s="94"/>
       <c r="T45" s="129" t="s">
         <v>71</v>
       </c>
       <c r="U45" s="81"/>
       <c r="V45" s="55">
         <f>IF(T45="■",1,0)</f>
         <v>0</v>
       </c>
       <c r="W45" s="55" t="s">
@@ -36244,102 +36235,102 @@
       <c r="AD47" s="789"/>
       <c r="AE47" s="792"/>
       <c r="AF47" s="712"/>
       <c r="AG47" s="713"/>
       <c r="AH47" s="713"/>
       <c r="AI47" s="720"/>
       <c r="AJ47" s="789"/>
       <c r="AK47" s="792"/>
       <c r="AL47" s="721"/>
       <c r="AM47" s="795"/>
       <c r="AN47" s="713"/>
       <c r="AO47" s="720"/>
       <c r="AP47" s="789"/>
       <c r="AQ47" s="792"/>
       <c r="AR47" s="617"/>
       <c r="AT47" s="617"/>
     </row>
     <row r="48" spans="1:46" s="158" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="649"/>
       <c r="B48" s="751"/>
       <c r="C48" s="798"/>
       <c r="D48" s="171" t="s">
         <v>83</v>
       </c>
       <c r="E48" s="480" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="F48" s="480"/>
       <c r="G48" s="481"/>
       <c r="H48" s="705"/>
       <c r="I48" s="691"/>
       <c r="J48" s="691"/>
       <c r="K48" s="693"/>
       <c r="L48" s="780"/>
       <c r="M48" s="777"/>
       <c r="N48" s="707"/>
       <c r="O48" s="774"/>
       <c r="P48" s="691"/>
       <c r="Q48" s="693"/>
       <c r="R48" s="780"/>
       <c r="S48" s="792"/>
       <c r="T48" s="712"/>
       <c r="U48" s="713"/>
       <c r="V48" s="713"/>
       <c r="W48" s="720"/>
       <c r="X48" s="789"/>
       <c r="Y48" s="792"/>
       <c r="Z48" s="721"/>
       <c r="AA48" s="795"/>
       <c r="AB48" s="713"/>
       <c r="AC48" s="720"/>
       <c r="AD48" s="789"/>
       <c r="AE48" s="792"/>
       <c r="AF48" s="712"/>
       <c r="AG48" s="713"/>
       <c r="AH48" s="713"/>
       <c r="AI48" s="720"/>
       <c r="AJ48" s="789"/>
       <c r="AK48" s="792"/>
       <c r="AL48" s="721"/>
       <c r="AM48" s="795"/>
       <c r="AN48" s="713"/>
       <c r="AO48" s="720"/>
       <c r="AP48" s="789"/>
       <c r="AQ48" s="792"/>
       <c r="AR48" s="617"/>
       <c r="AT48" s="617"/>
     </row>
     <row r="49" spans="1:48" s="158" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="630"/>
       <c r="B49" s="752"/>
       <c r="C49" s="799"/>
       <c r="D49" s="172" t="s">
         <v>253</v>
       </c>
       <c r="E49" s="554" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="F49" s="554"/>
       <c r="G49" s="785"/>
       <c r="H49" s="620"/>
       <c r="I49" s="626"/>
       <c r="J49" s="626"/>
       <c r="K49" s="672"/>
       <c r="L49" s="781"/>
       <c r="M49" s="778"/>
       <c r="N49" s="678"/>
       <c r="O49" s="775"/>
       <c r="P49" s="626"/>
       <c r="Q49" s="672"/>
       <c r="R49" s="781"/>
       <c r="S49" s="793"/>
       <c r="T49" s="636"/>
       <c r="U49" s="634"/>
       <c r="V49" s="634"/>
       <c r="W49" s="668"/>
       <c r="X49" s="790"/>
       <c r="Y49" s="793"/>
       <c r="Z49" s="680"/>
       <c r="AA49" s="796"/>
       <c r="AB49" s="634"/>
       <c r="AC49" s="668"/>
@@ -36714,177 +36705,177 @@
     <mergeCell ref="E35:G35"/>
     <mergeCell ref="A13:A20"/>
     <mergeCell ref="B13:B20"/>
     <mergeCell ref="E19:G19"/>
     <mergeCell ref="U33:U39"/>
     <mergeCell ref="V33:V39"/>
     <mergeCell ref="AF21:AF31"/>
     <mergeCell ref="AG21:AG31"/>
     <mergeCell ref="AH21:AH31"/>
     <mergeCell ref="AI21:AI31"/>
     <mergeCell ref="Y21:Y31"/>
     <mergeCell ref="X33:X39"/>
     <mergeCell ref="E26:G26"/>
     <mergeCell ref="D21:G21"/>
     <mergeCell ref="E22:G22"/>
     <mergeCell ref="U13:U18"/>
     <mergeCell ref="V13:V18"/>
     <mergeCell ref="W13:W18"/>
     <mergeCell ref="X13:X18"/>
     <mergeCell ref="Y13:Y18"/>
     <mergeCell ref="AC13:AC18"/>
     <mergeCell ref="Y33:Y39"/>
     <mergeCell ref="Z33:Z39"/>
     <mergeCell ref="AA33:AA39"/>
     <mergeCell ref="Q13:Q18"/>
+    <mergeCell ref="Z21:Z31"/>
+    <mergeCell ref="AA21:AA31"/>
+    <mergeCell ref="W33:W39"/>
+    <mergeCell ref="AI43:AI44"/>
     <mergeCell ref="Z46:Z49"/>
     <mergeCell ref="AA46:AA49"/>
     <mergeCell ref="AB46:AB49"/>
     <mergeCell ref="AC46:AC49"/>
     <mergeCell ref="AF46:AF49"/>
-    <mergeCell ref="D13:G13"/>
-[...14 lines deleted...]
-    <mergeCell ref="J13:J18"/>
     <mergeCell ref="AC21:AC31"/>
     <mergeCell ref="AE43:AE44"/>
-    <mergeCell ref="V43:V44"/>
-[...11 lines deleted...]
-    <mergeCell ref="W21:W31"/>
     <mergeCell ref="AC33:AC39"/>
     <mergeCell ref="U46:U49"/>
     <mergeCell ref="V46:V49"/>
     <mergeCell ref="W46:W49"/>
     <mergeCell ref="X46:X49"/>
     <mergeCell ref="T46:T49"/>
     <mergeCell ref="T43:T44"/>
     <mergeCell ref="AA43:AA44"/>
     <mergeCell ref="AB43:AB44"/>
     <mergeCell ref="AC43:AC44"/>
-    <mergeCell ref="U21:U31"/>
+    <mergeCell ref="Z43:Z44"/>
+    <mergeCell ref="V43:V44"/>
     <mergeCell ref="AG46:AG49"/>
     <mergeCell ref="AH46:AH49"/>
     <mergeCell ref="AI46:AI49"/>
     <mergeCell ref="AE46:AE49"/>
     <mergeCell ref="W43:W44"/>
     <mergeCell ref="X43:X44"/>
     <mergeCell ref="Y43:Y44"/>
     <mergeCell ref="AD43:AD44"/>
     <mergeCell ref="Q46:Q49"/>
-    <mergeCell ref="P46:P49"/>
-    <mergeCell ref="S46:S49"/>
+    <mergeCell ref="S43:S44"/>
+    <mergeCell ref="AF43:AF44"/>
+    <mergeCell ref="AG43:AG44"/>
+    <mergeCell ref="AH43:AH44"/>
     <mergeCell ref="Y46:Y49"/>
     <mergeCell ref="T52:W52"/>
     <mergeCell ref="U43:U44"/>
     <mergeCell ref="B5:B12"/>
     <mergeCell ref="D7:G7"/>
     <mergeCell ref="E10:G10"/>
     <mergeCell ref="E11:G11"/>
     <mergeCell ref="D6:G6"/>
     <mergeCell ref="E8:G8"/>
     <mergeCell ref="E9:G9"/>
     <mergeCell ref="D5:G5"/>
     <mergeCell ref="E38:G38"/>
     <mergeCell ref="R21:R31"/>
     <mergeCell ref="P21:P31"/>
     <mergeCell ref="O21:O31"/>
     <mergeCell ref="N21:N31"/>
     <mergeCell ref="M21:M31"/>
     <mergeCell ref="Q21:Q31"/>
     <mergeCell ref="L21:L31"/>
     <mergeCell ref="Q33:Q39"/>
     <mergeCell ref="J21:J31"/>
     <mergeCell ref="H52:K52"/>
-    <mergeCell ref="D44:G44"/>
+    <mergeCell ref="V21:V31"/>
+    <mergeCell ref="W21:W31"/>
     <mergeCell ref="G50:G51"/>
     <mergeCell ref="K50:L50"/>
     <mergeCell ref="AC50:AD50"/>
     <mergeCell ref="W51:X51"/>
     <mergeCell ref="AC51:AD51"/>
     <mergeCell ref="Q50:R50"/>
     <mergeCell ref="K51:L51"/>
     <mergeCell ref="Q51:R51"/>
     <mergeCell ref="L43:L44"/>
     <mergeCell ref="J43:J44"/>
     <mergeCell ref="I43:I44"/>
     <mergeCell ref="Q43:Q44"/>
     <mergeCell ref="AD46:AD49"/>
     <mergeCell ref="R43:R44"/>
     <mergeCell ref="P43:P44"/>
     <mergeCell ref="O43:O44"/>
     <mergeCell ref="N43:N44"/>
     <mergeCell ref="M43:M44"/>
     <mergeCell ref="K43:K44"/>
     <mergeCell ref="R46:R49"/>
     <mergeCell ref="J46:J49"/>
     <mergeCell ref="I46:I49"/>
     <mergeCell ref="W50:X50"/>
-    <mergeCell ref="S13:S18"/>
-[...1 lines deleted...]
-    <mergeCell ref="I13:I18"/>
+    <mergeCell ref="P46:P49"/>
     <mergeCell ref="D43:G43"/>
     <mergeCell ref="H46:H49"/>
     <mergeCell ref="T7:T11"/>
     <mergeCell ref="T13:T18"/>
     <mergeCell ref="T21:T31"/>
     <mergeCell ref="T33:T39"/>
+    <mergeCell ref="D40:G40"/>
+    <mergeCell ref="E36:G36"/>
+    <mergeCell ref="D44:G44"/>
+    <mergeCell ref="S46:S49"/>
+    <mergeCell ref="D13:G13"/>
+    <mergeCell ref="D33:G33"/>
+    <mergeCell ref="E28:G28"/>
+    <mergeCell ref="E31:G31"/>
+    <mergeCell ref="E18:G18"/>
+    <mergeCell ref="R13:R18"/>
+    <mergeCell ref="K13:K18"/>
+    <mergeCell ref="L13:L18"/>
+    <mergeCell ref="M13:M18"/>
+    <mergeCell ref="N13:N18"/>
+    <mergeCell ref="O13:O18"/>
+    <mergeCell ref="P13:P18"/>
+    <mergeCell ref="E17:G17"/>
+    <mergeCell ref="E20:G20"/>
     <mergeCell ref="U7:U11"/>
     <mergeCell ref="V7:V11"/>
     <mergeCell ref="W7:W11"/>
     <mergeCell ref="X7:X11"/>
     <mergeCell ref="E16:G16"/>
     <mergeCell ref="E14:G14"/>
     <mergeCell ref="S21:S31"/>
     <mergeCell ref="I21:I31"/>
     <mergeCell ref="H21:H31"/>
     <mergeCell ref="K21:K31"/>
     <mergeCell ref="E30:G30"/>
     <mergeCell ref="E24:G24"/>
-    <mergeCell ref="D40:G40"/>
-    <mergeCell ref="E36:G36"/>
+    <mergeCell ref="S13:S18"/>
+    <mergeCell ref="H13:H18"/>
+    <mergeCell ref="I13:I18"/>
+    <mergeCell ref="U21:U31"/>
+    <mergeCell ref="X21:X31"/>
+    <mergeCell ref="E15:G15"/>
+    <mergeCell ref="J13:J18"/>
     <mergeCell ref="A2:B4"/>
     <mergeCell ref="P7:P11"/>
     <mergeCell ref="O7:O11"/>
     <mergeCell ref="K7:K11"/>
     <mergeCell ref="J7:J11"/>
     <mergeCell ref="I7:I11"/>
     <mergeCell ref="A5:A12"/>
     <mergeCell ref="S7:S11"/>
     <mergeCell ref="Q7:Q11"/>
     <mergeCell ref="N7:N11"/>
     <mergeCell ref="D12:G12"/>
     <mergeCell ref="C2:G4"/>
     <mergeCell ref="H2:S2"/>
     <mergeCell ref="H7:H11"/>
     <mergeCell ref="M7:M11"/>
     <mergeCell ref="L7:L11"/>
     <mergeCell ref="R7:R11"/>
     <mergeCell ref="AT2:AT4"/>
     <mergeCell ref="AT7:AT11"/>
     <mergeCell ref="AT13:AT18"/>
     <mergeCell ref="AT21:AT31"/>
     <mergeCell ref="AT33:AT39"/>
     <mergeCell ref="AT43:AT44"/>
     <mergeCell ref="AT46:AT49"/>
     <mergeCell ref="H43:H44"/>
@@ -36963,87 +36954,87 @@
     <col min="31" max="31" width="5" style="49" customWidth="1"/>
     <col min="32" max="32" width="31.33203125" style="401" customWidth="1"/>
     <col min="33" max="33" width="0" style="49" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="15.44140625" style="49" customWidth="1"/>
     <col min="35" max="16384" width="9" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="44" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="2" spans="1:34" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="488" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="490"/>
       <c r="C2" s="488" t="s">
         <v>33</v>
       </c>
       <c r="D2" s="489"/>
       <c r="E2" s="489"/>
       <c r="F2" s="489"/>
       <c r="G2" s="490"/>
       <c r="H2" s="523" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="I2" s="524"/>
       <c r="J2" s="524"/>
       <c r="K2" s="524"/>
       <c r="L2" s="524"/>
       <c r="M2" s="524"/>
       <c r="N2" s="524"/>
       <c r="O2" s="525"/>
       <c r="P2" s="523" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="Q2" s="524"/>
       <c r="R2" s="524"/>
       <c r="S2" s="524"/>
       <c r="T2" s="524"/>
       <c r="U2" s="524"/>
       <c r="V2" s="524"/>
       <c r="W2" s="525"/>
       <c r="X2" s="515" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="Y2" s="516"/>
       <c r="Z2" s="516"/>
       <c r="AA2" s="516"/>
       <c r="AB2" s="516"/>
       <c r="AC2" s="516"/>
       <c r="AD2" s="516"/>
       <c r="AE2" s="517"/>
       <c r="AF2" s="468" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="AG2" s="49" t="s">
         <v>64</v>
       </c>
       <c r="AH2" s="468" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
     </row>
     <row r="3" spans="1:34" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="518"/>
       <c r="B3" s="519"/>
       <c r="C3" s="518"/>
       <c r="D3" s="520"/>
       <c r="E3" s="520"/>
       <c r="F3" s="520"/>
       <c r="G3" s="519"/>
       <c r="H3" s="488" t="s">
         <v>34</v>
       </c>
       <c r="I3" s="489"/>
       <c r="J3" s="489"/>
       <c r="K3" s="490"/>
       <c r="L3" s="491" t="s">
         <v>35</v>
       </c>
       <c r="M3" s="492"/>
       <c r="N3" s="492"/>
       <c r="O3" s="493"/>
       <c r="P3" s="488" t="s">
         <v>34</v>
       </c>
@@ -38070,143 +38061,143 @@
     <mergeCell ref="Y12:Y13"/>
     <mergeCell ref="AE4:AE6"/>
     <mergeCell ref="X7:X11"/>
     <mergeCell ref="Y7:Y11"/>
     <mergeCell ref="Z7:Z11"/>
     <mergeCell ref="AA7:AA11"/>
     <mergeCell ref="AB7:AB11"/>
     <mergeCell ref="AC7:AC11"/>
     <mergeCell ref="AD7:AD11"/>
     <mergeCell ref="AE7:AE11"/>
     <mergeCell ref="X4:X6"/>
     <mergeCell ref="Y4:Y6"/>
     <mergeCell ref="Z4:Z6"/>
     <mergeCell ref="AA4:AA6"/>
     <mergeCell ref="AB4:AB6"/>
     <mergeCell ref="Z12:Z13"/>
     <mergeCell ref="AA12:AA13"/>
     <mergeCell ref="AB12:AB13"/>
     <mergeCell ref="V12:V13"/>
     <mergeCell ref="W12:W13"/>
     <mergeCell ref="V14:V18"/>
     <mergeCell ref="W14:W18"/>
     <mergeCell ref="V19:V22"/>
     <mergeCell ref="T12:T13"/>
     <mergeCell ref="U12:U13"/>
-    <mergeCell ref="W7:W11"/>
-[...1 lines deleted...]
-    <mergeCell ref="Q4:Q6"/>
     <mergeCell ref="R4:R6"/>
     <mergeCell ref="S4:S6"/>
     <mergeCell ref="T4:T6"/>
     <mergeCell ref="P7:P11"/>
     <mergeCell ref="Q7:Q11"/>
     <mergeCell ref="W19:W22"/>
     <mergeCell ref="Q14:Q18"/>
     <mergeCell ref="R14:R18"/>
     <mergeCell ref="S14:S18"/>
     <mergeCell ref="T14:T18"/>
     <mergeCell ref="U14:U18"/>
+    <mergeCell ref="T19:T22"/>
+    <mergeCell ref="U19:U22"/>
     <mergeCell ref="A2:B3"/>
     <mergeCell ref="C2:G3"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="D5:G5"/>
     <mergeCell ref="D6:G6"/>
     <mergeCell ref="I4:I6"/>
     <mergeCell ref="J4:J6"/>
     <mergeCell ref="H4:H6"/>
     <mergeCell ref="H2:O2"/>
-    <mergeCell ref="J7:J11"/>
-[...1 lines deleted...]
-    <mergeCell ref="H19:H22"/>
     <mergeCell ref="H14:H18"/>
     <mergeCell ref="P3:S3"/>
     <mergeCell ref="T3:W3"/>
     <mergeCell ref="X3:AA3"/>
     <mergeCell ref="AB3:AE3"/>
     <mergeCell ref="H3:K3"/>
     <mergeCell ref="L3:O3"/>
     <mergeCell ref="O4:O6"/>
     <mergeCell ref="K4:K6"/>
     <mergeCell ref="N4:N6"/>
     <mergeCell ref="M4:M6"/>
     <mergeCell ref="U4:U6"/>
     <mergeCell ref="V4:V6"/>
     <mergeCell ref="W4:W6"/>
     <mergeCell ref="AC4:AC6"/>
     <mergeCell ref="AD4:AD6"/>
     <mergeCell ref="R7:R11"/>
     <mergeCell ref="S7:S11"/>
     <mergeCell ref="T7:T11"/>
     <mergeCell ref="U7:U11"/>
     <mergeCell ref="V7:V11"/>
-    <mergeCell ref="T19:T22"/>
-[...2 lines deleted...]
-    <mergeCell ref="L12:L13"/>
+    <mergeCell ref="W7:W11"/>
+    <mergeCell ref="P4:P6"/>
+    <mergeCell ref="Q4:Q6"/>
     <mergeCell ref="A7:A11"/>
     <mergeCell ref="B7:B11"/>
     <mergeCell ref="L19:L22"/>
     <mergeCell ref="L14:L18"/>
     <mergeCell ref="E16:G16"/>
     <mergeCell ref="E17:G17"/>
     <mergeCell ref="D13:G13"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="A14:A22"/>
     <mergeCell ref="B14:B22"/>
     <mergeCell ref="D14:G14"/>
     <mergeCell ref="E18:G18"/>
     <mergeCell ref="D19:G19"/>
     <mergeCell ref="E20:G20"/>
     <mergeCell ref="E21:G21"/>
     <mergeCell ref="E22:G22"/>
     <mergeCell ref="E15:G15"/>
     <mergeCell ref="J12:J13"/>
     <mergeCell ref="I14:I18"/>
     <mergeCell ref="H12:H13"/>
+    <mergeCell ref="J7:J11"/>
+    <mergeCell ref="I19:I22"/>
+    <mergeCell ref="H19:H22"/>
     <mergeCell ref="O14:O18"/>
     <mergeCell ref="O19:O22"/>
     <mergeCell ref="P12:P13"/>
     <mergeCell ref="Q12:Q13"/>
     <mergeCell ref="R12:R13"/>
     <mergeCell ref="S12:S13"/>
     <mergeCell ref="J14:J18"/>
     <mergeCell ref="J19:J22"/>
     <mergeCell ref="K12:K13"/>
     <mergeCell ref="K14:K18"/>
     <mergeCell ref="K19:K22"/>
     <mergeCell ref="N19:N22"/>
     <mergeCell ref="M19:M22"/>
     <mergeCell ref="N14:N18"/>
     <mergeCell ref="M14:M18"/>
     <mergeCell ref="P14:P18"/>
     <mergeCell ref="P19:P22"/>
     <mergeCell ref="Q19:Q22"/>
     <mergeCell ref="R19:R22"/>
     <mergeCell ref="S19:S22"/>
+    <mergeCell ref="M12:M13"/>
+    <mergeCell ref="L12:L13"/>
     <mergeCell ref="AH2:AH3"/>
     <mergeCell ref="AH4:AH6"/>
     <mergeCell ref="AH7:AH11"/>
     <mergeCell ref="AH12:AH13"/>
     <mergeCell ref="AH14:AH18"/>
     <mergeCell ref="AH19:AH22"/>
     <mergeCell ref="O7:O11"/>
     <mergeCell ref="D12:G12"/>
     <mergeCell ref="L4:L6"/>
     <mergeCell ref="D7:G7"/>
     <mergeCell ref="H7:H11"/>
     <mergeCell ref="E9:G9"/>
     <mergeCell ref="E10:G10"/>
     <mergeCell ref="E8:G8"/>
     <mergeCell ref="E11:G11"/>
     <mergeCell ref="M7:M11"/>
     <mergeCell ref="L7:L11"/>
     <mergeCell ref="I12:I13"/>
     <mergeCell ref="N7:N11"/>
     <mergeCell ref="I7:I11"/>
     <mergeCell ref="K7:K11"/>
     <mergeCell ref="D4:G4"/>
     <mergeCell ref="O12:O13"/>
     <mergeCell ref="N12:N13"/>
   </mergeCells>